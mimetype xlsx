--- v0 (2025-12-30)
+++ v1 (2026-02-14)
@@ -12,1345 +12,1549 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="941">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1005">
   <si>
     <t>เรื่อง</t>
   </si>
   <si>
     <t>จังหวัด ที่ร้องเรียน</t>
   </si>
   <si>
     <t>อำเภอ/เขต ที่ร้องเรียน</t>
   </si>
   <si>
     <t>ตำบล/แขวง ที่ร้องเรียน</t>
   </si>
   <si>
     <t>รหัสไปรษณีย์ ที่ร้องเรียน</t>
   </si>
   <si>
     <t>ละติจูด ที่ร้องเรียน</t>
   </si>
   <si>
     <t>ลองจิจูด ที่ร้องเรียน</t>
   </si>
   <si>
+    <t>เสนอให้มีการศึกษาผลกระทบสิ่งแวดล้อมท่อส่งน้ำมันดิบของบริษัท สตาร์ ปิโตรเลียม รีไฟน์นิ่ง จำกัด (มหาชน)</t>
+  </si>
+  <si>
+    <t>ระยอง</t>
+  </si>
+  <si>
+    <t>ขอส่งเรื่องร้องเรียนกรณีการปล่อย VOCs ในรูปอัตราการระบาย (Loading) จากโรงงานอุตสาหกรรมเคมีและเร่งรัดการจัดทำข้อมูลแหล่งกำเนิดมลพิษอย่างรอบด้านตามมาตรา 60 แห่งพระราชบัญญัติส่งเสริมและรักษาคุณภาพสิ่งสิ่งแวดล้อมแห่งชาติ พ.ศ.2535 เพื่อใช้เป็นตัวชี้วัดในการประเมินเพื่อยกเลิกเขตควบคุมมลพิษ เร่งรัดให้มีการประเมินผลกระทบสิ่งแวดล้อมระดับยุทธศาสตร์ (SEA) (จังหวัดระยอง) และปัญหาและข้อเสนอต่อคณะกรรมาธิการฯ 12 ข้อ</t>
+  </si>
+  <si>
+    <t>ได้รับความเดือดร้อนเกี่ยวกับการก่อสร้างที่ก่อให้เกิดปัญหาต่อที่พักอาศัยและสุขภาพ (ฝุ่นละออง,เสียง) โครงการปรับปรุงภูมิทัศน์คลองผดุงกรุงเกษม (เขตสัมพันธวงศ์ กรุงเทพฯ)</t>
+  </si>
+  <si>
+    <t>กรุงเทพมหานคร</t>
+  </si>
+  <si>
+    <t>ขอคัดค้านคำขอประทานบัตรเหมืองแร่ (โครงการเหมืองแร่หินอุตสาหกรรมชนิดหินแกรนิตของ บ. ศิลาสานนท์ จก. จ.ชลบุรี)</t>
+  </si>
+  <si>
+    <t>ชลบุรี</t>
+  </si>
+  <si>
+    <t>ขอคัดค้านคำขอประทานบัตรเหมืองแร่ (โครงการหมืองแร่หินอุตสาหกรรมชนิดหินแกรนิตของ บ. ฟาฮาร่า จก. จ.ชลบุรี)</t>
+  </si>
+  <si>
+    <t>Auto Parking ของโครงการ MODIZ RATCHADA 32 เจ้าของโครงการบริษัทเอสเตทคิว (จำกัด) ทำงานเสียงดังมากประกอบกับสั่นสะเทือนรบกวนการพักผ่อนอย่างผาสุก ของผู้พักอาศัยบริเวณใกล้เคียง เขตจตุจักร กรุงเทพฯ</t>
+  </si>
+  <si>
+    <t>ขอคัดค้านเพิ่มเติมการขออนุญาตก่อสร้างอาคารชุดโครงการ เซ็นทรัล พาร์ค เรสซิเดนซ์</t>
+  </si>
+  <si>
+    <t>เขตบางรัก</t>
+  </si>
+  <si>
+    <t>สีลม</t>
+  </si>
+  <si>
+    <t>ขอส่งเรื่องร้องทุกข์และข้อเสนอแนะจากโครงการสมาชิกวุฒิสภาพบประชาชน กลุ่มภาคกลาง (ตอนล่าง)</t>
+  </si>
+  <si>
+    <t>สมุทรปราการ</t>
+  </si>
+  <si>
+    <t>พระประแดง</t>
+  </si>
+  <si>
+    <t>บางกะเจ้า</t>
+  </si>
+  <si>
+    <t>ขอคัดค้านแนวเส้นทางการก่อสร้างรถไฟใต้ดินสายตลิ่งชัน-ศูนย์วัฒนธรรม แนวทางเลือกที่ 2</t>
+  </si>
+  <si>
+    <t>เขตดุสิต</t>
+  </si>
+  <si>
+    <t>ขอให้ตรวจสอบการปฏิบัติตามมาตรการ EIA</t>
+  </si>
+  <si>
+    <t>เขตประเวศ</t>
+  </si>
+  <si>
+    <t>ดอกไม้</t>
+  </si>
+  <si>
+    <t>พื้นที่สีเขียวไม่ตรงกับที่โฆษณาและแบบ EIA ที่แสดงในเว็บไซต์</t>
+  </si>
+  <si>
+    <t>เขตจตุจักร</t>
+  </si>
+  <si>
+    <t>จอมพล</t>
+  </si>
+  <si>
+    <t>ขอให้ตรวจสอบและแก้ไขห้องชุดที่ไม่ได้รับความเห็นชอบตามรายงานการวิเคราะห์ผลกระทบสิ่งแวดล้อมจากสำนักงานนโยบายและแผนทรัพยากรธรรมชาติและสิ่งแวดล้อม (สผ.)</t>
+  </si>
+  <si>
+    <t>เชียงใหม่</t>
+  </si>
+  <si>
+    <t>เมืองเชียงใหม่</t>
+  </si>
+  <si>
+    <t>สุเทพ</t>
+  </si>
+  <si>
+    <t>คัดค้านการขอ EIA คอนโดมิเนียม มิวนิค เจริญกรุง เขตบางคอแหลม กรุงเทพฯ</t>
+  </si>
+  <si>
+    <t>เขตบางคอแหลม</t>
+  </si>
+  <si>
+    <t>วัดพระยาไกร</t>
+  </si>
+  <si>
+    <t>แจ้งการทำงานเกินเวลาของโครงการ Moxy Bangkok Silom</t>
+  </si>
+  <si>
+    <t>คัดค้านการการขอ EIA คอนโดมิเนียมนิวนิค เจริญกรุง เขตบางคอแหลม กรุงเทพฯ</t>
+  </si>
+  <si>
+    <t>การขอคัดค้านการก่อสร้างคอนโดมิเนียม โครงการราชเทวี บริษัท แสนสิริ จำกัด (มหาชน) (บริษัทฯ) แขวงพญาไท เเขตราชเทวี กรุงเทพฯ</t>
+  </si>
+  <si>
+    <t>ร้องเรียนโครงการ มารูน รัชดา (MAROON RATCHADA) (แขวงจันทเกษม เขตจตุจักร กรุงเทพฯ)</t>
+  </si>
+  <si>
+    <t>คัดค้านการขอ EIA คอนโมิเนียมนิวนิค เจริญกรุง เขตบางคอแหลม กรุงเทพฯ</t>
+  </si>
+  <si>
+    <t>ถวายฎีการ้องทุกข์ขอให้ยกเลิกการสร้างโรงไฟฟ้าจากพลังงานขยะ อำเภอโนนไทย</t>
+  </si>
+  <si>
+    <t>นครราชสีมา</t>
+  </si>
+  <si>
+    <t>ร้องเรียนกรณีนิติบุคคลอาคารชุดคริสตัลการ์เด้นก่อสร้างต่อเติม</t>
+  </si>
+  <si>
+    <t>ได้รับความเดือดร้อนจากการทำงานของโครงการ Six Senses Hotel ที่ตั้งอยู่ในโครงการ The Forestias</t>
+  </si>
+  <si>
+    <t>ให้ยุติการก่อสร้างโรงงานน้ำตาลและโรงไฟฟ้าชีวมวลเกษตรสมบูรณ์ - หนองบัวแดง</t>
+  </si>
+  <si>
+    <t>ชัยภูมิ</t>
+  </si>
+  <si>
+    <t>ขอคัดค้านการคัดเลือกรูปแบบการพัฒนาทางแยกกระจับ</t>
+  </si>
+  <si>
+    <t>นครปฐม</t>
+  </si>
+  <si>
+    <t>ร้องเรียนผลกระทบ กรณีการปรับเพิ่มเที่ยวบินกว่า 50 เที่ยวบินต่อวันของบริษัท การบินกรุงเทพ จำกัด (มหาชน)</t>
+  </si>
+  <si>
+    <t>สุราษฎร์ธานี</t>
+  </si>
+  <si>
+    <t>ขอให้ชะลอการพิจารณาเรื่องรายงานผลกระทบสิ่งแวดล้อมของโครงการสำรวจและออกแบบทางหลวงขนาด 4 ช่องจราจร บนทางหลวงแผ่นดินหมายเลข 348 อำเภอตาพระยา จังหวัดสระแก้ว - อำเภอโนนดินแดง จังหวัดบุรีรัมย์ ไว้ก่อนจนกว่าการพิจารณาแก้ไขปัญหาดังกล่าวนี้จะได้ข้อยุติ</t>
+  </si>
+  <si>
+    <t>สระแก้ว</t>
+  </si>
+  <si>
+    <t>ขอคัดค้านการสร้าง โนเบิล สุขุมวิท 30</t>
+  </si>
+  <si>
+    <t>คัดค้านโครงการก่อสร้างอาคารชุด Chapter Prasarnmit ของบริษัท พฤกษา เรียลเอสเตท จำกัด (มหาชน)</t>
+  </si>
+  <si>
+    <t>สรุปข้อมูลเรื่องร้องเรียนร้องทุกข์ ณ ศูนย์ดำรงธรรม (ส่วนหน้า) จากการลงพื้นที่ตรวจราชการของนายกรัฐมนตรีและคณะ ณ จังหวัดสมุทรสงคราม</t>
+  </si>
+  <si>
+    <t>สมุทรสงคราม</t>
+  </si>
+  <si>
+    <t>ขอให้พิจารณาบทบทวนโครงการเพิ่มประมาณน้ำต้นทุนให้เขื่อนภูมิพล แนวส่งน้ำยวม-เงา- เมย-สาละวิน</t>
+  </si>
+  <si>
+    <t>แม่ฮ่องสอน</t>
+  </si>
+  <si>
+    <t>ขอคัดค้านการก่อสร้างถนนต่อจากสะพานข้ามแม่น้ำเจ้าพระยาบริเวณสนามบินน้ำ จ.นนทบุรี</t>
+  </si>
+  <si>
+    <t>นนทบุรี</t>
+  </si>
+  <si>
+    <t>ขอความเห็นต่อการแสดงจุดยืนคัดค้านไม่เห็นด้วยกับโครงการเพิ่มปริมาณน้ำต้นทุนเขื่อนภูมิพล (แนวผันน้ำยวม)</t>
+  </si>
+  <si>
+    <t>ข้อร้องเรียนคำขอประทานบัตรที่ 4/2564 ของห้างหุ้นส่วนจำกัด โรงงานโม่บดหินมุ่งเจริญ</t>
+  </si>
+  <si>
+    <t>สุรินทร์</t>
+  </si>
+  <si>
+    <t>ร้องทุกข์กล่าวโทษบริษัท ซีเอ็มเอส เอ็นจิเนียริ่ง แอนด์ แมเนจเม้นท์ จำกัด (CMS) และพวก ผู้ได้รับสิทธิการศึกษาจัดทำรายงานการประเมินผลกระทบสิ่งแวดล้อม จงใจไม่ยิดหลักธรรมาภิบาลงานรับจ้างศึกษา EIA โครงการอีโค่ซังทัวรี่รีสอร์ท (Eco Sanctuary Resort) นาจอมเทียน จ.ชลบุรี ปกปิดข้อเท็จจริงที่เป็นสาระสำคัญไม่ซื่อสัตว์สุจริตต่อวิชาชีพ ไม่ยิดหลักวิชาการ ขาดความโปร่งใสและบิดเบือนข้อเท็จจริง เป็นเหตุให้ข้าพเจ้าได้รับความเดือดร้อน เสียหาย และเสื่อมเสียชื่อเสียง</t>
+  </si>
+  <si>
+    <t>การคัดค้านนรายงานวิเคราะห์ผลกระทบสิ่งแวดล้อม (EIA) และการก่อสร้างโครงการ มิวนีค เจริญกรุง</t>
+  </si>
+  <si>
+    <t>การคัดค้านนรายงานวิเคราะห์ผลกระทบสิ่งแวดล้อม (EIA) โครงการ Munig เจริญกกรุง</t>
+  </si>
+  <si>
+    <t>การคัดค้านรายงานการวิเคราะห์ผลกระทบสิ่งแวดล้อม (EIA) โครงการ Muniq เจริญกรุง</t>
+  </si>
+  <si>
+    <t>คัดค้านรายงานการวิเคราะห์ผลกระมบสิ่งแวดล้อม (EIA) และการก่อสร้างโครงการ มิวนีค เจริญกรุง (Muniq Charoenkrung)</t>
+  </si>
+  <si>
+    <t>ขอคัดค้านการจัดประชุมรัปฟังความคิดเห็นของประชาชน ครั้งที่ 1 เพื่อพัฒนาโครงการก่อสร้าง โนเบิล สุขุมวิท 30 ความสูง 55 ชั้น</t>
+  </si>
+  <si>
+    <t>เขตคลองเตย</t>
+  </si>
+  <si>
+    <t>คลองตัน</t>
+  </si>
+  <si>
+    <t>ปัญหาโครงการมิวนีค เจริญกรุง</t>
+  </si>
+  <si>
+    <t>คัดค้านโครงการก่อสร้างขยายถนนและสะพานบนทางหลวงหมายเลข 345 ช่วงแยกบางบัวทอง-แยกบางคูวัด</t>
+  </si>
+  <si>
+    <t>ร้องเรียน และคัดค้านการออกแบบทางหลวง 4 ช่อง จราจร บนทางหลวงหมายเลข 345 ช่วงแยกบางบัวทอง-แยกบางคูวัด</t>
+  </si>
+  <si>
+    <t>โครงการ Life สุขุมวิท-พระราม 4 บดบังวิสัยทัศน์วิวเมืองของคอนโดแอสปายสุขุมวิท-พระราม4 การก่อสร้างของโครงการ Life ส่งผลกระทบต่อสุขภาพและการพักอยู่อาศัยของเจ้าของร่วมในคอนโดแอสปายสุขุมวิท-พระราม 4</t>
+  </si>
+  <si>
+    <t>พระโขนง</t>
+  </si>
+  <si>
+    <t>คัดค้านตำแหน่งหม้อแปลงไฟฟ้า (1)</t>
+  </si>
+  <si>
+    <t>ร้องเรียนโครงการ AIP2 SILOM กรณีการดำเนินการประชาพิจารณ์โดยละเลยการทักท้วงด้านความปลอดภัย และกรณีที่มีการเปิดเผยข้อมูลผู้เข้าประชุมรับฟังความคิดเห็น จัดโดย บริษัทมิตรสิ่งแวดล้อม จำกัด เกี่ยวกับโครงการ A I P 2 สีลม</t>
+  </si>
+  <si>
+    <t>การก่อสร้างคอนโดมิวนิค เจริญกรุง ส่งผลกระทบ</t>
+  </si>
+  <si>
+    <t>คัดค้านตำแหน่งหม้อแปลงไฟฟ้า (2)</t>
+  </si>
+  <si>
+    <t>ขอคัดค้านโครงการคอนโด มิวนีค เจริญกรุง</t>
+  </si>
+  <si>
+    <t>เขตบางกะปิ</t>
+  </si>
+  <si>
+    <t>หัวหมาก</t>
+  </si>
+  <si>
+    <t>ที่ดินข้างเคียงมีการขุดเจาะสำรวจดินและอาจจะมีการก่อสร้างอาคารสูง</t>
+  </si>
+  <si>
+    <t>ขอส่งเรื่องร้องเรียน กรณี ขอให้พิจารณาการทำลายสิ่งแวดล้อมในแม่น้ำปิงของหน่วยงานรัฐ</t>
+  </si>
+  <si>
+    <t>กำแพงเพชร</t>
+  </si>
+  <si>
+    <t>เมืองกำแพงเพชร</t>
+  </si>
+  <si>
+    <t>เทพนคร</t>
+  </si>
+  <si>
+    <t>ตรวจสอบการใช้แนวเขตที่ดินขัด พ.ร.บ. ควบคุมอาคาร เสนอความกว้างถนนเข้าสู่โครงการ Naam Hotel ที่ บจก. ไทไทวิศวกร จัดทำรายงานให้แก่ บจก. มีนำ ฟอรัม</t>
+  </si>
+  <si>
+    <t>ร้องเรียนการไม่ปฏิบัติตามมาตรการที่กำหนดใน EIA การไม่ยอมรับการแจ้งการทำงานเกินเวลากำหนด และการไม่ปฏิบัติตามข้อตกลงกับเพื่อนบ้าน ของโครงการ AYANA Heights</t>
+  </si>
+  <si>
+    <t>ภูเก็ต</t>
+  </si>
+  <si>
+    <t>ถลาง</t>
+  </si>
+  <si>
+    <t>เชิงทะเล</t>
+  </si>
+  <si>
+    <t>ขอคัดค้านการสร้าง โครงการ โนเบิล สุขุมวิท 30</t>
+  </si>
+  <si>
+    <t>คลองเตย</t>
+  </si>
+  <si>
+    <t>ขอส่งสำเนาหนังสือคัดค้านการก่อสร้างอาคารอยู่อาศัยรวม</t>
+  </si>
+  <si>
+    <t>เมืองนนทบุรี</t>
+  </si>
+  <si>
+    <t>บางเขน</t>
+  </si>
+  <si>
+    <t>ขอคัดค้านการพัฒนาโครงการ คอนโด มิวนีค เจริญกรุง (Muniq Charoenkrung)</t>
+  </si>
+  <si>
+    <t>ขอให้ตรวจสอบและกำกับดูแลโครงการก่อสร้างอาคารชุดเดอะเบส สุรินทร์ เฟส 1 และ เฟส 2 เพื่อป้องกันผลกะทบต่อสุขภาพ คุณภาพชีวิตและสิ่งแวดล้อม</t>
+  </si>
+  <si>
+    <t>ร้อเงรียนผลกระทบจากสิ่งปลูกสร้าง โครงการ เดอะ เอ็มบาสซี่ ไลฟ์ The Embassy Life จ.ชลบุรี</t>
+  </si>
+  <si>
+    <t>บางละมุง</t>
+  </si>
+  <si>
+    <t>หนองปรือ</t>
+  </si>
+  <si>
+    <t>ขอคัดค้าน EIA (ครั้งที่2) -โครงการริเวียร่าปาล์มบีช</t>
+  </si>
+  <si>
     <t>ขอให้สั่งปิดเหมืองแร่ทองคำของบริษัท อัครา รีซอร์ส เซส จำกัด (มหาชน) และคัดค้านการทำประชาคมหมู่บ้านรอบเหมืองแร่ทองคำพื้นที่จังหวัดพิจิตร และเพชรบูรณ์</t>
   </si>
   <si>
+    <t>พิจิตร</t>
+  </si>
+  <si>
+    <t>ขอเสนอความเห็นคัดค้านแนวทางการดำเนินโครงการ เดอะ มูฟ (The Move) พหลโยธิน 37</t>
+  </si>
+  <si>
+    <t>การร้องเรียนปัญหามลพิษจากระบบ e-petition</t>
+  </si>
+  <si>
+    <t>พนัสนิคม</t>
+  </si>
+  <si>
+    <t>หัวถนน</t>
+  </si>
+  <si>
+    <t>คัดค้านพื้นที่ตั้งโครงการนิคมอุตสาหกรรมบางปะกง (บริเวณปากแม่น้ำบางปะกง)</t>
+  </si>
+  <si>
+    <t>ฉะเชิงเทรา</t>
+  </si>
+  <si>
+    <t>บางคล้า</t>
+  </si>
+  <si>
+    <t>ขอแจ้งการไม่ปฏิบัติตามมาตรการ EIA ทำให้เกิดความเสียหายและเดือดร้อนต่อเพื่อนบ้านอย่างรุนแรง ของโครงการอาคารชุด อีเดน เรสซิเดนท์ อ.ถลาง จ. ภูเก็ต</t>
+  </si>
+  <si>
+    <t>ได้รับผลกระทบจากการก่อสร้างโครงการ LIFE อุดมสุข สเตชั่น เขตบางนา กรุงเทพฯ</t>
+  </si>
+  <si>
+    <t>เขตบางนา</t>
+  </si>
+  <si>
+    <t>โต้แย้งรายงานการประชุม และคัดค้านการก่อสร้างโครงการกรุงเทพ-นนท์ 1 และโครงการกรุงเทพ-นนท์ 2</t>
+  </si>
+  <si>
+    <t>ข้อห่วงกังวลเรื่องการจัดการทางเข้า - ออก ซอยเจริญกรุง 73/1 เมื่อมีการก่อสร้างโครงการ มิวนีค เจริญกรุง (MUNIQ CHAROENKRUNG)</t>
+  </si>
+  <si>
+    <t>ขอความอนุเคราะห์พิจารณารายงานการประเมินผลกระทบสิ่งแวดล้อม โครงการ ออริจิ้น เพลส แจ้งวัฒนะ (บ้านเลขที่ 53/4 53/5 53/6 53/7 53/9 53/10)</t>
+  </si>
+  <si>
+    <t>ปากเกร็ด</t>
+  </si>
+  <si>
+    <t>บางตลาด</t>
+  </si>
+  <si>
+    <t>ขอคัดค้าน EIA (ครั้งที่ ๑) - โครงการริเวียร่าปาล์มบีช [ระบุตำแหน่งคอขวด เขตทางกว้างประมาณ 9 เมตร]</t>
+  </si>
+  <si>
+    <t>การจัดทำ EIA ของอาคาร สีลม แกรนด์ เทอรเรสต์ ปี 2565-2567 ไม่ครบถ้วนถูกต้องตามหลักเกณฑ์ และ ใช้พื้นที่ไม่ตรงตามวัตถุประสงค์ที่แจ้งตาม EIA</t>
+  </si>
+  <si>
+    <t>ข้อห่วงกังวลการจัดทำรายงานการประเมินผลกระทบสิ่งแวดล้อมของโครงการโรงงานน้ำตาลและโรงไฟฟ้าชีวมวล</t>
+  </si>
+  <si>
+    <t>บุรีรัมย์</t>
+  </si>
+  <si>
+    <t>ได้รับผลกระทบจากโรงงานพลาสติกคลุมแปลงของ บจก.โกลเด็น ไดมอนด์ อ.หางดง จ.เชียงใหม่</t>
+  </si>
+  <si>
+    <t>หางดง</t>
+  </si>
+  <si>
+    <t>คัดค้านอย่างเป็นทางการต่อโครงการก่อสร้าง Heart by BOTANICA เพส A เฟส B2 และเฟส B3 (ฉบับที่ 3 พร้อมข้อมูลเพิ่มเติมจากผู้คัดค้าน)</t>
+  </si>
+  <si>
+    <t>ขอให้เข้าตรวจสอบการรื้อถอนโครงการ ม็อกซี่ สีลมฯ กรุงเทพฯ</t>
+  </si>
+  <si>
+    <t>ขอให้ตรวจสอบรายงาน EIA และผลกระทบจากการก่อสร้างโครงการทางหลวงหมายเลข 11 สาย อ.เด่นชัย - ลำปาง ตอน แยกแม่แขม - บ.มาย ตอน 2 จ.ลำปาง</t>
+  </si>
+  <si>
+    <t>ลำปาง</t>
+  </si>
+  <si>
+    <t>แม่ทะ</t>
+  </si>
+  <si>
+    <t>วังเงิน</t>
+  </si>
+  <si>
+    <t>ขอคัดค้านรายงานการประเมินผลกระทบสิ่งแวดล้อมและมาตรการป้องกันและแก้ไขผลกระทบสิ่งแวดล้อมและมาตรการติดตามตรวจสอบผลกระทบสิ่งแวดล้อม ของโครงการ มิวนีค เจริญกรุง</t>
+  </si>
+  <si>
+    <t>ขอคัดค้าน EIA (ครั้งที่ 1) - โครงการริเวียร่าปาล์มบีช</t>
+  </si>
+  <si>
+    <t>ขอให้มีการทบทวนแนวทางการพิจารณาและตรวจสอบการออกแบบอาคารที่อาจเข้าข่ายเป็นอาคารขนาดใหญ่พิเศษ อาจขัดต่อเจตนารมณ์ของกฎหมายควบคุมอาคารและประกาศฯพื้นที่คุ้มครองสิ่งแวดล้อมจังหวัดภูเก็ต และพิจารณาให้มีการประเมินผลกระทบสิ่งแวดล้อมระดับยุทธศาสตร์ SEA ในพื้นที่จังหวัดภูเก็ต</t>
+  </si>
+  <si>
+    <t>คัดค้านอย่างเป็นทางการต่อโครงการก่อสร้าง Heart by BOTANICA เฟส A เฟส B2 และเฟส B3</t>
+  </si>
+  <si>
+    <t>คัดค้านไม่ให้โรงงาน บริษัท เมทเทิล คอม ขอใบอนุญาตขยายโรงงาน (เตาหลอมอะลูมิเนี่ยม) ในการทำ EIA</t>
+  </si>
+  <si>
+    <t>ขอร้องเรียนเกี่ยวกับมาตรการป้องกันและแก้ไขผลกระทบสิ่งแวดล้อม โครงการเดอะ ลัช 21</t>
+  </si>
+  <si>
+    <t>เขตพระโขนง</t>
+  </si>
+  <si>
+    <t>บางจาก</t>
+  </si>
+  <si>
+    <t>ขอยืนยันและคัดค้านการกำหนดแหล่งแร่และรังวัด</t>
+  </si>
+  <si>
+    <t>พังงา</t>
+  </si>
+  <si>
+    <t>ตะกั่วทุ่ง</t>
+  </si>
+  <si>
+    <t>หล่อยูง</t>
+  </si>
+  <si>
+    <t>เพิกถอนรายงานการวิเคราะห์ผลกระทบสิ่งแวดล้อม (EIA) ของโครงการพัฒนาพื้นหมอน ๓๓ เขตพาณิชย์สวนหลวง - สามย่าน เนื่องจากความไม่สอดคล้องอย่างรุนแรงของรายงานการประเมินผลกระทบสิ่งแวดล้อม (EIA) เรื่อง ย้ายศาลเจ้าแม่ทับทิมสะพานเหลือง รวมถึงการบิดเบือนข้อมูลและความซ้ำซ้อนในเอกสารแจ้งภายหลัง</t>
+  </si>
+  <si>
+    <t>เขตปทุมวัน</t>
+  </si>
+  <si>
+    <t>วังใหม่</t>
+  </si>
+  <si>
+    <t>ร้องเรียน และคัดค้านการออกแบบทางหลวง 4 ช่องจราจร บนทางหลวงหมายเลข 345 ช่วงแยกบางบัวทอง-แยกบางคูวัด</t>
+  </si>
+  <si>
+    <t>คัดค้านโครงการก่อสร้างขยายถนนและสะพานบนทางหลวงหมายเลข 345 ช่วงแยกบางบัวทอง-แยกบางคูวัด (ในส่วนบริเวณถนนหน้าหมู่บ้านปาริชาต และสะพานข้ามคลองเกาะเกรียง)</t>
+  </si>
+  <si>
+    <t>ร้องเรียนคัดค้าน ขอเพิกถอน มติความเห็นชอบของคณะอนุกรรมการอนุรักษ์และพัฒนาเมืองเก่าสุรินทร์ ครั้งที่ 1/2566 กรณีการสร้างบ้านพักอาศัยของบุคลากรศาลแขวงสุรินทร์ให้มีการประชุมเป็นโมฆะ (2)</t>
+  </si>
+  <si>
+    <t>ขอให้ระงับการอนุญาตการประเมินผลกระทบด้านสิ่งแวดล้อม อันเนื่องมาจากการก่อสร้าง โครงการ ออริจิ้น เพลส แจ้งวัฒนะ</t>
+  </si>
+  <si>
+    <t>ทางด่วนที่ร้องเรียนที่เป็นเส้นใหม่</t>
+  </si>
+  <si>
+    <t>การคัดค้านขอบเขตการศึกษา โครงการ (Smart Community) ของการท่าเรือแห่งประเทศไทย</t>
+  </si>
+  <si>
+    <t>ร้องเรียนคัดค้าน ขอเพิกถอน มติเห็นชอบของคณะอนุกรรมการอนุรักษ์และพัฒนาเมืองเก่าสุรินทร์ ครั้งที่ 1/2566 กรณีการสร้างบ้านพักอาศัยของบุคลากรศาลแขวงสุรินทร์ให้การประชุมเป็นโมฆะ (3)</t>
+  </si>
+  <si>
+    <t>ข้อคัดค้านต่อรายงาน EIA ฉบับร่าง โครงการ Haart ba BOTANICA ระยะ (A , B2 ,B3) ซึ่งตั้งอยู่ติดกับโครงการไทรตาลวิลล่าส์ (โฉลดที่ดินเลขที่ 17650)</t>
+  </si>
+  <si>
+    <t>ร้องเรียนคัดค้าน ขอเพิกถอน มติเห็นชอบของคณะอนุกรรมการอนุรักษ์และพัฒนาเมืองเก่าสุรินทร์ ครั้งที่ 1/2566 กรณีการสร้างบ้านพักอาศัยของบุคลากรศาลแขวงสุรินทร์ให้การประชุมเป็นโมฆะ (4)</t>
+  </si>
+  <si>
+    <t>ได้รับผลกระทบจากโครงการอาคารชุดพักอาศัย เดอะ วันพลัส เอส นายน์ ศรีกรีฑา สเตชั่น เขตบางกะปิ กทม.</t>
+  </si>
+  <si>
+    <t>Overdue Response to Urgent Rejection of Proposed Remedial Designsand Demand for Competent Reinstatement and Repair Plan dated 10th November 2025</t>
+  </si>
+  <si>
+    <t>Riviera Palm Beach Development Wongamat Beach Pattaya</t>
+  </si>
+  <si>
+    <t>นครสวรรค์</t>
+  </si>
+  <si>
+    <t>ขอให้ดำเนินการควบคุมการติดตั้งคอมเพลสเซอร์คอยล์ร้อนจำนวน 87 เครื่อง ซึ่งการติดตั้งโดยหันหน้ากากมายังบ้านเลขที่ 15/1 ซอยภูมิจิตร ระยะห่างจากบ้านเพียง 11 เมตร</t>
+  </si>
+  <si>
+    <t>ติดตามการได้รับผลกระทบจากการก่อสร้างอาคารสำนักงานนโยบายและแผนทรัพยากรธรรมชาติและสิ่งแวดล้อม เขตพญาไท กรุงเทพฯ</t>
+  </si>
+  <si>
+    <t>เขตพญาไท</t>
+  </si>
+  <si>
+    <t>พญาไท</t>
+  </si>
+  <si>
+    <t>ขอคัดค้านการก่อสร้้างเขื่อนกันคลื่นในทะเลของสำนักการระบายน้ำ กรุงเทพมหานคร</t>
+  </si>
+  <si>
+    <t>เขตบางขุนเทียน</t>
+  </si>
+  <si>
+    <t>แสมดำ</t>
+  </si>
+  <si>
+    <t>Urgent Rejection of Proposed Remedial Dsigns and Demand for acompetent Reinstatement and Rpair Plan Following Landslides of October 31 and November 5, 2025</t>
+  </si>
+  <si>
+    <t>ขอให้สั่งปิดเหมืองแร่ทองคำของบริษัท อัครา รีซอร์สเซส จำกัด (มหาชน) และคัดค้านการทำประชาคมหมู่บ้านรอบเหมืองแร่ทองคำพื้นที่จังหวัดพิจิตรและเพชรบูรณ์</t>
+  </si>
+  <si>
+    <t>ทับคล้อ</t>
+  </si>
+  <si>
+    <t>Formal Complaint Regarding Illegal Construction, Criminal Damage, and Catastrophic Landslides at the SUNHILLS Development Site</t>
+  </si>
+  <si>
+    <t>ขอให้ชี้แจงข้อเท็จจริง</t>
+  </si>
+  <si>
+    <t>บ้านฉาง</t>
+  </si>
+  <si>
+    <t>ขอให้แก้ไขปัญหาความเดือดร้อน</t>
+  </si>
+  <si>
+    <t>สังขะ</t>
+  </si>
+  <si>
+    <t>ขอให้ทบทวน/ระงับการออกใบอนุญาตก่อสร้างโครงการอาคารอยู่อาศัยรวม (ให้เช่า) และโรงแรม เดอะ เภรี โฮเต็ล แบงค็อก สุขุมวิท (The Peri Hotel &amp; Residence, Bangkok Sukhumvit)</t>
+  </si>
+  <si>
+    <t>การทำงานล่วงเวลาและส่งเสียงรบกวนในยามวิกาลของโครงการ Groove Vibes Ladprao 18</t>
+  </si>
+  <si>
+    <t>ปัญหาน้ำท่วมและบดบังทิศทางลม</t>
+  </si>
+  <si>
+    <t>บางพลี</t>
+  </si>
+  <si>
+    <t>ด่านขุนทด</t>
+  </si>
+  <si>
+    <t>ติดตามเร่งรัด ผลการพิจารณาทบทวนมติเห็นชอบ EIA โครงการ มัลเบอร์รี่ โกรฟ สุขุมวิท 65</t>
+  </si>
+  <si>
+    <t>เขตวัฒนา</t>
+  </si>
+  <si>
+    <t>ขอให้เพิกถอนประกาศกระทรวงทรัพยากรธรรมชาติและสิ่งแวดล้อม</t>
+  </si>
+  <si>
+    <t>ขอรับการสนับสนุนงบประมาณจากสำนักงานนโยบายและแผนทรัพยากรธรรมชาติและสิ่งแวดล้อม</t>
+  </si>
+  <si>
+    <t>ร้องขอให้ตรวจสอบความถูกต้องโครงการ PITI SUKHUMVIT 101</t>
+  </si>
+  <si>
+    <t>เร่งรัดให้ตอบข้อสอบถามโครงการถนนที่ต้องจัดทำรายงานการประเมินผลกระทบสิ่งแวดล้อม</t>
+  </si>
+  <si>
+    <t>ขอให้ตรวจสอบเพื่อให้ปรากฎข้อเท็จจริงและบังคับใช้กฎหมายโดยเคร่งครัด</t>
+  </si>
+  <si>
+    <t>บ้านค่าย</t>
+  </si>
+  <si>
+    <t>คัดค้านมติคณะอนุกรรมการอนุรักษ์และพัฒนาเมืองเก่าน่าน</t>
+  </si>
+  <si>
+    <t>น่าน</t>
+  </si>
+  <si>
+    <t>ขอแสดงเจตนารมณ์คัดค้านการขอประทานบัตรทำเหมืองแร่หินอ่อน ตามคำขอที่ ๔/๒๕๕๖ ของนายฉัตรเทพ จุโลทัย ในพื้นที่ ต.หมูสี อ.ปากช่อง จ.นครราชสีมา</t>
+  </si>
+  <si>
+    <t>ปากช่อง</t>
+  </si>
+  <si>
+    <t>ข้อสังเกตและคำขอคัดค้านในรายงานการประเมินผลกระทบในสิ่งแวดล้อม (EIA)</t>
+  </si>
+  <si>
+    <t>ขอคัดค้านโครงการก่อสร้างอ่างเก็บน้ำคลองมะเดื่อ</t>
+  </si>
+  <si>
+    <t>นครนายก</t>
+  </si>
+  <si>
+    <t>เมืองนครนายก</t>
+  </si>
+  <si>
+    <t>มาตรการควบคุมงานก่อสร้างและมาตรการเมื่อเปิดใช้อาคาร</t>
+  </si>
+  <si>
+    <t>ขอส่งเรื่องร้องเรียน เรื่อง ขอให้ยับยั้งการอนุญาตให้บริษัทเพชรเจริญก่อสร้าง จำกัด ได้รับสัมปทานบัตรการทำเหมืองแร่ บริเวณหมู่ที่ 3 ตำบลองค์พระ อำเภอด่านช้าง จังหวัดสุพรรณบุรี</t>
+  </si>
+  <si>
+    <t>สุพรรณบุรี</t>
+  </si>
+  <si>
+    <t>ด่านช้าง</t>
+  </si>
+  <si>
+    <t>ร้องเรียนการจัดทำรายงาน EIA โดยบริษัท มิตรสิ่งแวดล้อม เนื่องจากบริษัท มิตรสิ่งแวดล้อม ได้เป็นผู้จัดทำรายงาน EIA ของโครงการ Noww Maga Bangna</t>
+  </si>
+  <si>
+    <t>คำร้องคัดค้านในการขออนุญาตรายงานการประเมินผลกระทบสิ่งแวดล้อม (EIA) ของโครงการ นาวว์ เมกา (Now Mega)</t>
+  </si>
+  <si>
+    <t>ร้องเรียน บ. BPT 2019 engineeting and Services Itd ที่ประกอบการอุตสาหกรรมในชุมชนก่อให้เกิดมลพิษทางเสียง</t>
+  </si>
+  <si>
+    <t>ขอคัดค้านการก่อสร้างโครงการ เอสคิว สุขุมวิท 101/1 กรุงเทพฯ เนื่องจากการได้รับผลกระทบจากการก่อสร้างโครงการฯ</t>
+  </si>
+  <si>
+    <t>ขอคัดค้านการก่อสร้างโครงการ นาวว์ เมกา (Noww Mega) (2)</t>
+  </si>
+  <si>
+    <t>ขอคัดค้านการก่อสร้างโครงการ นาวว์ เมกา (Noww Mega) (1)</t>
+  </si>
+  <si>
+    <t>ร้องเรียนโครงการ แสนสิริXT ก่อสร้างให้เกิดความเสียหาย</t>
+  </si>
+  <si>
+    <t>เขตราชเทวี</t>
+  </si>
+  <si>
+    <t>ขอร้องเรียนการไม่ปฏิบัติตามมาตรการป้องกันผลกระทบด้านสิ่งแวดล้อม (EIA)</t>
+  </si>
+  <si>
+    <t>ขอนแก่น</t>
+  </si>
+  <si>
+    <t>เมืองขอนแก่น</t>
+  </si>
+  <si>
+    <t>ความเดือดร้อนจากการก่อสร้างอาคารสำนักงานนโยบายและแผนทรัพยากรธรรมชาติและสิ่งแวดล้อม</t>
+  </si>
+  <si>
+    <t>ขอคัดค้านการก่อสร้างโครงการ นาวว์ เมกา (Noww Mega)</t>
+  </si>
+  <si>
+    <t>ข้อห่วงกังวลเกี่ยวกับการพัฒนาโครงการโรงพยาบาล สินแพทย์ สาทร นางลิ้นจี่</t>
+  </si>
+  <si>
+    <t>เขตสาทร</t>
+  </si>
+  <si>
+    <t>แม่เมาะ</t>
+  </si>
+  <si>
+    <t>คัดค้านการก่อสร้างโครงการ ORIGIN THONGLOR WORLD (ออริจิ้น ทองหล่อ เวิลด์)</t>
+  </si>
+  <si>
+    <t>ร้องเรียนปัญหาน้ำท่วม</t>
+  </si>
+  <si>
+    <t>การทำงานในวันหยุดนักขัตฤกษ์และเกินเวลากว่าที่กำหนด/ปัญหาน้ำท่วม</t>
+  </si>
+  <si>
+    <t>ขอให้ช่วยตรวจสอบการจัดทำรายงานการวิเคราะห์ผลกระทบสิ่งแวดล้อมโครงการก่อสร้าง โรงแรมอินเตอร์คอนติเนลตัล เขาใหญ่ รีสอร์ท ของบริษัท อีลิเชี่ยน โฮเทล แมนเนจเมนท์ จำกัด</t>
+  </si>
+  <si>
+    <t>การก่อสร้างคอนโด ๓๒ ชั้น ของบริษัท ออริจิ้น พร็อพเพอรตี้ จำกัด (มหาชน) โครงการ ไนท์ บริดจ์ สเปช สุขุมวิท-พระราม ๔ ที่มีผลกระทบและสร้างความเดือนร้อนอย่างต่อเนื่อง</t>
+  </si>
+  <si>
+    <t>ติดตามเรื่องร้องเรียนโครงการต่าง ๆ ที่ต้องได้รับ EIA ที่อยู่ในโครงการ The Forestias</t>
+  </si>
+  <si>
+    <t>ขอคัดค้านการก่อสร้างโรงงานน้ำตาลและโรงไฟฟ้าชีวมวลในพื้นที่ตำบลหนองปล่อง อำเภอชำนิ จังหวัดบุรีรัมย์</t>
+  </si>
+  <si>
+    <t>ชำนิ</t>
+  </si>
+  <si>
+    <t>หนองปล่อง</t>
+  </si>
+  <si>
+    <t>ขอให้มีการตรวจสอบการดำเนินโครงการเหมืองแร่โปแตซ ของบริษัท ไทยคาลิ จำกัด</t>
+  </si>
+  <si>
+    <t>ขอให้มีการตรวจสอบพฤติกรรมของเจ้าหน้าที่สำนักงานนโยบายและแผนทรัพยากรธรรมชาติและสิ่งแวดล้อม และคณะกรรมการผู้ชำนาญการพิจารณารายงานการวิเคราะห์ผลกระทบสิ่งแวดล้อม ที่มีพฤติกรรมเข้าข่ายการละเว้นการปฏิบัติหน้าที่โดยมิชอบ และดำเนินมาตรการลงโทษอย่างถึงที่สุด</t>
+  </si>
+  <si>
+    <t>ตรวจสอบเอกสารร้องเรียนจากการพัฒนาโครงการ เดอะสเตจ รัชดา-ห้วยขวาง (THE STAGE RATCHADA-HUAI KHWANG)</t>
+  </si>
+  <si>
+    <t>เขตห้วยขวาง</t>
+  </si>
+  <si>
+    <t>คัดค้านการขยายระยะเวลาการใช้บังคับประกาศกระทรวงทรัพยากรธรรมชาติและสิ่งแวดล้อม เรื่อง กำหนดเขตพื้นที่และมาตรการคุ้มครองสิ่งแวดล้อม จ.พังงา พ.ศ. ๒๕๕๙</t>
+  </si>
+  <si>
+    <t>ขอทราบความเห็นเรื่องบ่อหน่วงน้ำโครงการ RTWO จากสำนักงานนโยบายและแผนทรัพยากรธรรมชาติและสิ่งแวดล้อม</t>
+  </si>
+  <si>
+    <t>เขตคลองสาน</t>
+  </si>
+  <si>
+    <t>ขอชี้แจงเพิ่มเติมประกอบการคัดค้านการจัดทำรายงานการประเมินผลกระทบสิ่งแวดล้อมโครงการโรงงานผลิตน้ำตาล ของบริษัท น้ำตาลนิวกว้างสุ้นหลี จำกัด</t>
+  </si>
+  <si>
+    <t>ขอยื่นตรวจสอบประเด็น EIA เพิ่มเติม ๑๕ ประเด็น ดังเอกสารที่แนบมา (ยื่นเพิ่มเติมรอบที่ ๒)</t>
+  </si>
+  <si>
+    <t>การคัดค้านการขอประทานบัตรเหมืองแร่แบไรต์ที่ จังหวัดแพร่</t>
+  </si>
+  <si>
+    <t>แพร่</t>
+  </si>
+  <si>
+    <t>ส่งเรื่องร้องเรียนของนายมนตรี จันทวงศ์ ราษฎรจังหวัดเชียงใหม่ เรื่อง ขอวิเคราะห์ผลกระทบด้านสังคมและสิ่งแวดล้อม ในโครงการโรงไฟฟ้าพลังน้ำเขื่อนสะนะคาม</t>
+  </si>
+  <si>
+    <t>เลย</t>
+  </si>
+  <si>
+    <t>เชียงคาน</t>
+  </si>
+  <si>
+    <t>ขอหารือกรณีไม่มีรายงานการวิเคราะห์ผลกระทบสิ่งแวดล้อม (EIA) ในการจัดทำรายงานผลการปฏิบัติตามมาตรการป้องกันและแก้ไขผลกระทบสิ่งแวดล้อม และมาตรการติดตามตรวจสอบผลกระทบสิ่งแวดล้อม</t>
+  </si>
+  <si>
+    <t>ร้องทุกข์กรณีโครงการก่อสร้างที่พักอาศัยข้าราชการทหารเรือ พื้นที่ทุ่งมหาเมฆ</t>
+  </si>
+  <si>
+    <t>ต้องการหลักฐานการประชุม ชุมชนย่อย และการประชุมใหญ่ในช่วงก่อนการก่อสร้าง ช่วงก่อสร้าง และเปิดดำเนินโครงการ ของทางด่วนกาญจนาภิเษก โครงการทางหลวงพิเศษระหว่างเมือง สายวงแหวนรอบนอกกรุงเทพมหานครด้านใต้ (ถนนกาญจนาภิเษก) ส่วนที่ 1</t>
+  </si>
+  <si>
+    <t>ท้วงติงหนังสือที่ทางสนง.สิ่งแวดล้อมส่งมาให้ค่ะ</t>
+  </si>
+  <si>
+    <t>บางแก้ว</t>
+  </si>
+  <si>
+    <t>ขอให้เพิกถอนความเห็นชอบ โครงการ The base ศรีจันทร์ จ.ขอนแก่น ที่ไม่ชอบด้วยกฎหมาย (เพิ่มเติมจากที่ให้ข้อมูลไปแล้ว)</t>
+  </si>
+  <si>
+    <t>ขอร้องเรียนโครงการ The base ศรีจันทร์ขอนแก่น</t>
+  </si>
+  <si>
+    <t>ในเมือง</t>
+  </si>
+  <si>
+    <t>ร้องเรียนขอให้ระงับการพิจารณารายงานการประเมินผลกระทบสิ่งแวดล้อม (EIA) โครงการ BEAT SUKHUMVIT ของบริษัท นอร์ธแลนด์ ดีเวลลอปเม้นต์ จำกัด</t>
+  </si>
+  <si>
+    <t>ขอให้ตรวจสอบ หนังสือ นธ52105 เทศบาลเมืองสุไหงโก-ลค และพฤติกรรมของ นางสาวสุชาดา พันธ์นรา นายกเทศมนตรี และนายพิทักศิษย์ พานิชธนาคม ผอ.กองสาธารณสุขฯ เทศบาลเมือสุไหงโก-ลค ว่ามีการก้าวล่วงสภาฯ และปลอมแปลงเอกสารอันเป็นเท็จ</t>
+  </si>
+  <si>
+    <t>นราธิวาส</t>
+  </si>
+  <si>
+    <t>ยื่นเรื่องคัดค้านการสร้างคอนโด Reference</t>
+  </si>
+  <si>
+    <t>การก่อสร้าง โครงการบุญมิตร สีลม และคัดค้านการขอใบอนุญาตตามมาตรการ EIA</t>
+  </si>
+  <si>
+    <t>ได้รับผลกระทบจาก อาคาร คิง เพาเวอร์ มหานคร เขตบางรัก กรุงเทพฯ</t>
+  </si>
+  <si>
+    <t>การติดตามผลการแจ้งเหตุ และการไม่ปฏิบัติตามมาตรการฯของโครงการเพิ่มเติม (ฉบับที่ 7)</t>
+  </si>
+  <si>
+    <t>ปัญหาความเดือดร้อนของประชาชนที่ได้รับผลกระทบจากโครงการก่อสร้างโครงการ วันเวลา ณ เจ้าพระยา ถนนสามเสน เขตดุสิต กรุงเทพมหานคร</t>
+  </si>
+  <si>
+    <t>ร้องทุกข์ปัญหาของทัศนียภาพของลานจอดรถโครงการเอแพคแลนด์</t>
+  </si>
+  <si>
+    <t>คัดค้านการรายงานการประเมินผลกระทบสิ่งแวดล้อมโครงการ เดอะไพรเวซี่ พาร์ค รามอินทรา เฟส ๑-๒ (The Privacy park Ramintra phase ๑-๒) ที่ยื่นขอสละสิทธิ์ในการปรับปรุงแก้ไขรายงานการประเมินผลกระทบสิ่งแวดล้อมฯ ไปแล้ว แต่กลับรับรายงานฯ ดังกล่าวเข้ามาสู่กระบวนการพิจารณาให้ความเห็นใหม่ โดยมิได้ตรวสอบว่าได้ดำเนินการตามตามหลักเกณฑ์ วิธีการ และเงื่อนไข ในการรจัดทำรายงานการประเมินผลกระทบสิ่งแวดล้อม ตามประกาศกระทรวงทรัพยากรธรรมชาติและสิ่งแวดล้อมเสียใหม่ทั้งฉบับหรือไม่</t>
+  </si>
+  <si>
+    <t>เขตบางเขน</t>
+  </si>
+  <si>
+    <t>ขอทราบข้อเท็จจริง</t>
+  </si>
+  <si>
+    <t>สตูล</t>
+  </si>
+  <si>
+    <t>ควนโดน</t>
+  </si>
+  <si>
+    <t>ร้องเรียนโครงการนาวว์ เมกา (Noww Mega) เลขที่รายงาน 256512-25</t>
+  </si>
+  <si>
+    <t>คัดค้านการขอประทานบัตรที่ 1/2565 ของบริษัท ณ สโตน จำกัด หมู่ที่ 13 ตำบลแม่จัน อำเภอแม่จัน จังหวัดเชียงราย</t>
+  </si>
+  <si>
+    <t>เชียงราย</t>
+  </si>
+  <si>
+    <t>ขอยื่นคัดค้านการพิจารณาอนุมัติ EIA กับโครงการอาคารชุดริธึ่ม เจริญนคร ไอคอนิค (Rhythm Charoennakhon Iconic)</t>
+  </si>
+  <si>
+    <t>ขอให้เจ้าหน้าที่ของรัฐเข้าตรวจสอบพื้นที่จริงในการก่อสร้างตลาดพงศ์ไพบูลย์ อำเภอไทรน้อย จังหวัดนนทบุรี ให้ปฏิบัติตามกฎหมาย (6)</t>
+  </si>
+  <si>
+    <t>ให้ระงับการก่อสร้างโครงการเคฟ เจเนซิส นครปฐม ละเมิดทำทางเข้าออกให้ขนส่งวัสดุ</t>
+  </si>
+  <si>
+    <t>เมืองนครปฐม</t>
+  </si>
+  <si>
+    <t>สนามจันทร์</t>
+  </si>
+  <si>
+    <t>ขอให้เจ้าหน้าที่ของรัฐเข้าตรวจสอบพื้นที่จริงในการก่อสร้างตลาดพงศ์ไพบูลย์ อำเภอไทรน้อย จังหวัดนนทบุรี ให้ปฏิบัติตามกฎหมาย (5)</t>
+  </si>
+  <si>
+    <t>ขอให้เจ้าหน้าที่ของรัฐเข้าตรวจสอบพื้นที่จริงในการก่อสร้างตลาดพงศ์ไพบูลย์ อำเภอไทรน้อย จังหวัดนนทบุรี ให้ปฏิบัติตามกฎหมาย (4)</t>
+  </si>
+  <si>
+    <t>ขอให้เจ้าหน้าที่ของรัฐเข้าตรวจสอบพื้นที่จริงในการก่อสร้างตลาดพงศ์ไพบูลย์ อำเภอไทรน้อย จังหวัดนนทบุรี ให้ปฏิบัติตามกฎหมาย (3)</t>
+  </si>
+  <si>
+    <t>ขอให้เจ้าหน้าที่ของรัฐเข้าตรวจสอบพื้นที่จริงในการก่อสร้างตลาดพงศ์ไพบูลย์ อำเภอไทรน้อย จังหวัดนนทบุรี ให้ปฏิบัติตามกฎหมาย (2)</t>
+  </si>
+  <si>
+    <t>ร้องเรียน โครงการ XELF ถนนพระราม 4 เขตคลองเตย กรุงเทพฯ</t>
+  </si>
+  <si>
+    <t>ขอทราบเหตุผลที่ไม่แจ้งเรื่องการส่งรายงานการประเมินผลกระทบสิ่งแวดล้อมโครงการ เดอะไพรเวซี่ พาร์ค รามอินทรา เฟส ๑-๒ (The Privacy Park Ramintra phase ๑-๒) ให้กลุ่มปกป้องสิ่งแวดล้อมและสิทธิชุมชนซอยแสงสุวรรณทราบ</t>
+  </si>
+  <si>
+    <t>คัดค้านการจัดทำรายงานการประเมินผลกระทบสิ่งแวดล้อม (EIA) โครงการบุญมิตร (สีลม) ถนนสีลม เขตบางรัก</t>
+  </si>
+  <si>
+    <t>ข้อกังวลเกี่ยวกับการพัฒนาโครงการก่อสร้างโรงพยาบาลสินแพทย์</t>
+  </si>
+  <si>
+    <t>ขอให้ระงับหรือปฏิเสธกระบวนการจัดทำรายงานการประเมินผลกระทบสิ่งแวดล้อม โครงการ เดอะไพรเวซี่ พาร์ค รามอินทรา เฟส ๑-๒ (The Privacy park Ramintra phase ๑-๒) อันมิชอบด้วยกฎหมาย</t>
+  </si>
+  <si>
+    <t>คุณภาพรายงานประเมินผลกระทบสิ่งแวดล้อม (EIA) โครงการ มัลเบอร์รี่ โกรฟ สุขุมวิท</t>
+  </si>
+  <si>
+    <t>ขอให้เจ้าหน้าที่ของรัฐเข้าตรวจสอบพื้นที่จริงในการก่อสร้างตลาดพงศ์ไพบูลย์ อำเภอไทรน้อย จังหวัดนนทบุรี ให้ปฏิบัติตามกฎหมาย (1)</t>
+  </si>
+  <si>
+    <t>ให้ระงับการก่อสร้างฌครงการเคฟ เจเนซิส นครปฐม ละเมิดทำทางเข้าออกให้ขนส่งวัสดุ</t>
+  </si>
+  <si>
+    <t>คัดค้านร่างมาตรการป้องกันและแก้ไขผลกระทบสิ่งแวดล้อมในระยะรื้อถอนโครงการเดอะไพรเวซี่ พร์ค รามอินทรา เฟส ๒ (The Privacy Park Ramintra phase ๒) และคัดค้านโครงการ เดอะไพรเวซี่ พาร์ค รามอินทรา เฟส ๑-๒ (The Privacy Park Ramintra phase ๑-๒)</t>
+  </si>
+  <si>
+    <t>คัดค้านรายงานการประเมินผลกระทบสิ่งแวดล้อมโครงการ เดอะไพรเวซี่ พาร์ค รามอินทรา เฟส ๑-๒ (The Privacy Park Ramintra phase ๑-๒) ที่ไม่ถูกต้องตามหลักเกณฑ์ วิธีการ และเงื่อนไขที่กำหนด</t>
+  </si>
+  <si>
+    <t>แสดงจุดยืนคัดค้านสิ่งก่อสร้างของอาคาร The Naam Hotel บดบังทัศนียภาพแม่น้ำเจ้าพระยา ที่มองเห็นจากพื้นที่ให้บริการส่วนกลาง บริเวณชั้นที่ 1 อาคารแม่น้ำ เรสซิเดนท์</t>
+  </si>
+  <si>
+    <t>ร้องเรียนผลกระทบจากงานก่อสร้าง โครงการ One City Centre</t>
+  </si>
+  <si>
+    <t>ความเดือนร้อน ความเสียหาย ผลกระทบและปัญหาบดบังแสงแดดและบังลมจากการก่อสร้างคอนโดมิเนียม โครงการไนท์บริดจ์สเปซ สุขุมวิท-พระราม 4 ของบริษัท ออริจิ้นพร็อพเพอร์ตี้ จำกัด (มหาชน)</t>
+  </si>
+  <si>
+    <t>ขอให้ตรวจสอบข้อมูลรายงาน EIA โครงการทางหลวงพิเศษระหว่างเมืองสายวงแหวนรอบนอกกรุงเทพมหานครด้านใต้ (ถนนกาญจนาภิเษก) ส่วนที่ ๑</t>
+  </si>
+  <si>
+    <t>การคัดเอกสารประชาชาพันธ์และขอบเขตการศึกษาโครงการ โซโห แบงค็อก สุขุมวิท</t>
+  </si>
+  <si>
+    <t>ขอสอบถามเพื่อความเข้าใจ ตามข้อสงสัย ว่าเพราะอะไร ทำไมทางท่านเลขาธิการสำนักงานนโยบายและแผนทรัพยากรธรรมชาติและสิ่งแวดล้อม ถึงส่งหนังสือชี้แจงที่จัดส่งถึงท่านนายกเทศมนตรีเมืองปู่เจ้าสมิงพรายให้กับข้าพเจ้าและพวก และเพราะอะไรทำไมถึงไม่ส่งหนังสือชี้แจงฉบับที่ส่งถึงข้าพเจ้าและพวกโดยตรง ทำไมถึงเลือกส่งท่านนายกเทศมนตรีเมืองปู่เจ้าสมิงพรายให้กับข้าพเจ้าและพวก และส่วนของหนังสือชี้แจงของข้าพเจ้าและพวกถูกส่งไปให้กับใคร, หน่วยงานไหน หรือไม่ อย่างไร</t>
+  </si>
+  <si>
+    <t>คัดค้านการศึกษาการจัดทำรายงานการประเมินผลกระทบสิ่งแวดล้อม และการมีส่วนร่วมของประชาชนในโครงการ เดอะมูฟ พหลโยธิน 37</t>
+  </si>
+  <si>
+    <t>คัดค้านการก่อสร้างอาคารชุดโครงการ เซ็นทรัล พาร์ค เรสซิเดนซ์</t>
+  </si>
+  <si>
+    <t>การก่อสร้างโครงการเคฟ เจเนซิส นครปฐม มีการทำทางเข้าออกขนาดใหญ่</t>
+  </si>
+  <si>
+    <t>ขอติดตามสอบถามความคืบหน้า และขอส่งข้อมูลประกอบการร้องขอความเป็นธรรมเพิ่มเติม</t>
+  </si>
+  <si>
+    <t>เขตบางซื่อ</t>
+  </si>
+  <si>
+    <t>ขอตรวจสอบใบอนุญาตทำ EIA โครงการ คอนโดคาบาน่า โมเดิร์น รีสอร์ท</t>
+  </si>
+  <si>
+    <t>ขอร้องเรียนโครงการ Tsix5 ถนนนาเกลือ ซอย ๑๒ ชลบุรี</t>
+  </si>
+  <si>
+    <t>ขอข้อมูลรายงานผลกระทบสิ่งแวดล้อมเบื้องต้น (IEE)</t>
+  </si>
+  <si>
+    <t>ประจวบคีรีขันธ์</t>
+  </si>
+  <si>
+    <t>หัวหิน</t>
+  </si>
+  <si>
+    <t>ปรับแก้ เกณฑ์มาตรฐานเสียง</t>
+  </si>
+  <si>
+    <t>ร้องเรียนคัดค้าน ขอเพิกถอน มติเห็นชอบของคณะอนุกรรมการอนุรักษ์และพัฒนาเมืองเก่าสุรินทร์ ครั้งที่ 1/2566 กรณีการสร้างบ้านพักอาศัยของบุคลากรศาลแขวงสุรินทร์ให้การประชุมเป็นโมฆะ (5)</t>
+  </si>
+  <si>
+    <t>โปรดส่งเสริมเพื่อให้สำเร็จประโยชน์ เพื่อให้สำเร็จสมบูรณ์ตามประสงค์ เพื่อการขยาย เพื่อเป็น 4 ช่องจราจร เพื่อสายทางหลวงแผ่นดินสายประธาน แนวเหนือ-ใต้</t>
+  </si>
+  <si>
+    <t>ขอความเป็นธรรมกรณี นางศุภลักษ์ รักษ์คิด</t>
+  </si>
+  <si>
+    <t>ขอให้ทบทวนรายงานการประเมินผลกระทบสิ่งแวดล้อมโครงการ Groove Vibes Ladprao 18 ซึ่งได้รับมติเห็นชอบเมื่อวันที่ 18 พฤศจิกายน 2563</t>
+  </si>
+  <si>
+    <t>ขอร้องเรียนการก่อสร้างโครงการอาร์ทู สร้างความเดือดร้อนอย่างมาก และขอตรวจสอบเอกสารอนุมัติ EIA และใบอนุญาตเปลี่ยนแปลงแบบก่อสร้างบ่อหน่วงน้ำ โครงการอาร์ทู</t>
+  </si>
+  <si>
+    <t>ขอให้ชะลอรายงานผลการวิเคราะห์ผลกระทบสิ่งแวดล้อม (EIA) โครงการ มัลเบอรี่ โกรฟ ไชน่า ทาวน์</t>
+  </si>
+  <si>
+    <t>ขอให้มีการปิดจ๊อบ "โครงการถนนคลองลาน-อุ้มผาง" ในวาระครบรอบ 8 ปี ที่ได้มีหนังสือร้องเรียนมายังรัฐบาลชุดปัจจุบัน</t>
+  </si>
+  <si>
+    <t>คัดค้านและขอให้หน่วยงานรัฐไทยทำหน้าที่ปกป้องสิทธิของประชาชนไทย กรณีแผนการรับซื้อไฟฟ้าเขื่อนปากแบง</t>
+  </si>
+  <si>
+    <t>คุณภาพรายงานประเมินผลกระทบสิ่งแวดล้อม (EIA) โครงการ มัลเบอร์รี่โกรฟ สุขุมวิท</t>
+  </si>
+  <si>
+    <t>ขอทราบความคืบหน้าการร้องเรียนกรณีการเอกสาร EIA และ Monitor ของโครงการเมโทรสกาย วุฒากาศเป็นเท็จ</t>
+  </si>
+  <si>
+    <t>เขตธนบุรี</t>
+  </si>
+  <si>
+    <t>ขอคัดค้านการดำเนินการเพื่อการจัดทำ EIA ของทุกโครงการและทุกบริษัท</t>
+  </si>
+  <si>
+    <t>ติดตามหนังสือสอบถาม กรณีเจ้าของโครงการไม่ปฏิบัติตามรายงานการวิเคราะห์ผลกระทบสิ่งแวดล้อม</t>
+  </si>
+  <si>
+    <t>เขตภาษีเจริญ</t>
+  </si>
+  <si>
+    <t>การตรวจสอบข้อเท็จจริงการประกวดราคาจ้างก่อสร้างอาคารสีเขียว สำนักงานนโยบายและแผนทรัพยากรธรรมชาติและสิ่งแวดล้อม</t>
+  </si>
+  <si>
+    <t>การทำงานของบริษัท พรพระนคร จำกัด ในฐานะผู้รับเหมาหลักโครงการ CROWNE PLAZA BANGKOK GRAND SUKHUMVIT</t>
+  </si>
+  <si>
+    <t>ร้องเรียนผลกระทบด้านเสียงและการทำงานนอกเวลาจากงานก่อสร้าง โครงการ One City Centre</t>
+  </si>
+  <si>
+    <t>คัดค้านการจัดทำรายงานการประเมินผลกระทบสิ่งแวดล้อม (EIA) โครงการบุญมิตร (สีลม) ถนนสีลม เขตบางรัก กรุงเทพมหานคร</t>
+  </si>
+  <si>
+    <t>ขอให้ตรวจสอบโครงการก่อสร้างที่อาจจะก่อให้เกิดผลกระทบต่อชุม</t>
+  </si>
+  <si>
+    <t>ขอส่งความคิดเห็นคัดค้าน โครงการเสริมทรายป้องกันการกัดเซาะสนับสนุนการท่องเที่ยว ชายหาดชะอำ อำเภอชะอำ จังหวัดเพชรบุรี</t>
+  </si>
+  <si>
+    <t>เพชรบุรี</t>
+  </si>
+  <si>
+    <t>ชะอำ</t>
+  </si>
+  <si>
+    <t>บริษัท ซีพีเอ็น เอสเตท จำกัด และเทศบาลนครนครราชสีมา ไม่ควบคุมการก่อสร้างให้เป็นไปตาม EIA</t>
+  </si>
+  <si>
+    <t>ขอแจ้งข้อห่วงกังวลต่อโครงการ เอไอเอ รัชดา ๒</t>
+  </si>
+  <si>
+    <t>ขอขยายลดความถี่ในการจัดทำรายงานตามมาตรการสิ่งแวดล้อมจากทุก ๆ ๖ เดือน มาเป็น ๕ ปี ต่อครั้ง หรือให้ยกเลิกในการจัดทำ</t>
+  </si>
+  <si>
+    <t>ขอให้ทบทวนรายงานการวิเคราะห์ผลกระทบสิ่งแวดล้อม (EIA) โครงการทำเหมืองแร่ถ่านหิน ของบริษัท 99 ธุวานนท์ จำกัด</t>
+  </si>
+  <si>
+    <t>อมก๋อย</t>
+  </si>
+  <si>
+    <t>ขอให้รื้อถอนสิ่งปลูกสร้างชานพักล่วงล้ำลำแม่น้ำเจ้าพระยาที่ได้รับใบอนุญาตปรับปรุงและซ่อมแซมจากกรมเจ้าท่าโดยไม่ชอบด้านกฎหมาย โดยประสานงานกับสำนักงานควบคุมอาคาร สำนักการโยธา กรุงเทพมหานคร</t>
+  </si>
+  <si>
+    <t>การคัดค้านการขออนุญาตเข้าทำประโยชน์ในพื้นที่เพื่อการทำเหมืองของบริษัท ศิลาแม่เมย (2010) จำกัด ที่จังหวัดตาก</t>
+  </si>
+  <si>
+    <t>ตาก</t>
+  </si>
+  <si>
+    <t>แม่สอด</t>
+  </si>
+  <si>
+    <t>ขอทักท้วงการเพิ่มจำนวนห้องพัก, ระงับการขอต่ออายุใบอนุญาตประกอบธุรกิจโรงแรมชาเทรียมริเวอร์ไซด์</t>
+  </si>
+  <si>
+    <t>Complaint again the construction of The Rivera Palm Beach</t>
+  </si>
+  <si>
+    <t>นาเกลือ</t>
+  </si>
+  <si>
+    <t>ขอให้ชะลอการพิจารณาอนุมัติโครงการ โนเบิล ฟรีดอม (Noble Freedom)</t>
+  </si>
+  <si>
+    <t>เขตลาดพร้าว</t>
+  </si>
+  <si>
+    <t>ผลกระทบจากการก่อสร้างอาคารสำนักงานนโยบายและแผนทรัพยากรธรรมชาติและสิ่งแวดล้อม</t>
+  </si>
+  <si>
+    <t>ขอนำเสนอข้อมูลเพื่อให้พิจารณาปรับเปลี่ยนขั้นตอนการมีส่วนร่วมของประชาชนให้เหมาะสม</t>
+  </si>
+  <si>
+    <t>ขอคัดค้านโครงการโนเบิล ฟรีดอม</t>
+  </si>
+  <si>
+    <t>มาตรการควบคุมงานก่อสร้างและการเลือกใช้วัสดุผนังอาคาร</t>
+  </si>
+  <si>
+    <t>ขอให้ตรวจสอบข้อเท็จจริงโครงการ The Grass</t>
+  </si>
+  <si>
+    <t>เชิญร่วมตรวจสอบพื้นที่โครงการคอนโด ยู รัชโยธิน เพิ่มเติม</t>
+  </si>
+  <si>
+    <t>บริษัท ต.พีระกฤช จำกัด ดำเนินการละเมิดและฝ่าฝืน มาตรการ EIA โดยการจอดรถขนวัสดุ/รถผู้รับเหมาริมถนนหน้าโครงการ และถนนสาธารณะ</t>
+  </si>
+  <si>
+    <t>ร้องเรียนเรื่องการจัดทำรายงานสิ่งแวดล้อมหรือ EIA ของโครงการต่างๆ ที่อยู่ในโครงการ The Forestias</t>
+  </si>
+  <si>
+    <t>ขอข้อมูลและคัดค้านโครงการคอนโดมิเนียมปาร์ค 85</t>
+  </si>
+  <si>
+    <t>จอดรถกีดขวางการจราจร สร้างความเดือดร้อนรำคาญ เป็นการละเมิดและไม่ปฏิบัติตามมาตรการ</t>
+  </si>
+  <si>
+    <t>เรื่องความกว้างของทางเดินเท้าบริเวณต้นซอยเพชรเกษม๑๒ จากการก่อสร้างคอนโด เคฟ เจเนซิส นครปฐม</t>
+  </si>
+  <si>
+    <t>ขอคัดค้าน EIA โครงการโรงไฟฟ้าบูรพาพาวเวอร์ ในพื้นที่ ต.เขาหินซ้อน อ.พนมสารคาม จ.ฉะเชิงเทรา และขอให้ลงพื้นที่เพื่อรับฟังข้อมูลอย่างรอบด้าน และทบทวนผลการพิจารณา EIA</t>
+  </si>
+  <si>
+    <t>พนมสารคาม</t>
+  </si>
+  <si>
+    <t>เขาหินซ้อน</t>
+  </si>
+  <si>
+    <t>ได้รับผลกระทบจากการก่อสร้างอาคารของโครงการ นิช โมโน รามคำแหง ซอยรามคำแหง 36 เกี่ยวกับฝุ่นละออง</t>
+  </si>
+  <si>
+    <t>แจ้งผลการปฏิบัติตามมาตรการป้องกันและแก้ไขผลกระทบสิ่งแวดล้อมของบริษัท เจ.เอส. สตีล โปรดักส์ จำกัด</t>
+  </si>
+  <si>
+    <t>สมุทรสาคร</t>
+  </si>
+  <si>
+    <t>เมืองสมุทรสาคร</t>
+  </si>
+  <si>
+    <t>ขอความเห็นการพิจารณาแก้ไขหลักเกณฑ์การกำหนดความสูงการใช้ประโยชน์ที่ดินกับระดับน้ำทะเล บริเวณพื้นที่จังหวัดภูเก็ต</t>
+  </si>
+  <si>
+    <t>ขอใช้กฎหมายในรัฐธรรมนูญแห่งราชอาณาจักรไทย ตามมาตรา 41 บุคคลและชุมชนย่อยมีสิทธิ์ได้รับทราบและเข้าถึงข้อมูลหรือข่าวสารสาธารณะในครอบครองของหน่วยงานของรัฐตามที่กฎหมายบัญญัติในรัฐธรรมนูญแห่งราชอาณาจักรไทย พ.ศ.2560 วันที่ 6 เมษายน 2560 ประชาชนที่อยู่ในรัศมีการดำเนินโครงการระบบท่อส่งก๊าซธรรมชาติบนบกจากบางปะกงไปโรงไฟฟ้าพระนครใต้ เกรงว่าจะได้รับผลกระทบจากแผนพัฒนาโครงการนี้ ของบริษัท ปตท. จำกัด (มหาชน)</t>
+  </si>
+  <si>
+    <t>คัดค้านการพิจารณาเห็นชอบ EIA โครงการอาคารชุด บันยันทรี บีช เรสซิเดนซ์ คีอันดา</t>
+  </si>
+  <si>
+    <t>คัดค้านการยกเลิกเขตควบคุมมลพิษ เพื่อเอื้อการประกาศเขต EEC ในพื้นที่มาบตาพุด จ.ระยอง โดยการเอาเศรษฐกิจแลกกับสุขภาพพลานามัยและสิ่งแวดล้อม</t>
+  </si>
+  <si>
+    <t>เมืองระยอง</t>
+  </si>
+  <si>
+    <t>คัดค้าน EIA ของบริษัท สตูลไมน์นิ่ง จำกัด</t>
+  </si>
+  <si>
+    <t>ทุ่งหว้า</t>
+  </si>
+  <si>
+    <t>ร้องเรียนเกี่ยวกับโครงการก่อสร้างอาคารพักอาศัยศูนย์รักษาความปลอดภัย (พื้นที่สะพานใหม่)</t>
+  </si>
+  <si>
+    <t>ขอส่งรายงานสรุปการเสวนารับฟังความคิดเห็นคัดค้านการขยายสนามบินแพร่</t>
+  </si>
+  <si>
+    <t>เมืองแพร่</t>
+  </si>
+  <si>
+    <t>คัดค้านการพัฒนาโครงการ Noble Freedom</t>
+  </si>
+  <si>
+    <t>(กลุ่มรักษ์เขาโต๊ะกรัง)ขอคัดค้านการจัดทำรายงานการประเมินผลกระทบสิ่งแวดล้อม และคัดค้านการขออนุญาตใช้พื้นที่ป่าตาม พ.ร.บ. ป่าไม้ พ.ศ.2484 และพื้นที่ป่าชุมชนบ้านเกาะใหญ่ โครงการทำเหมืองชนิดแร่หินอุตสาหกรรมชนิดหินปูนเพื่ออุตสาหกรรมก่อสร้าง ของบริษัท ภูทองอันดา จำกัด ตามคำขอประทานบัตรที่ 4/2559 ตั้งอยู่ที่ หมู่ที่ 6 ต.ควนโดน อ.ควนโดน จ.สตูล และขอให้ยกเลิกการประกาศให้"เขาลูกช้าง" หมู่ที่ 7 ต.ทุ่งนุ้ย อ.ควนกาหลง จ.สตูล เป็นแหล่งหินอุตสาหกรรม</t>
+  </si>
+  <si>
+    <t>ขอร้องเรียนและขอให้ชี้แจงเหตุอันไม่เป็นธรรมในการจัดซื้อจัดจ้าง การบริหารสัญญา และขอสงวนสิทธิในการดำเนินการคดีทางแพ่ง ทางอาญา และทางการปกครองต่อผู้เกี่ยวข้องทั้งหมด</t>
+  </si>
+  <si>
+    <t>ขอให้ตรวจสอบการก่อสร้าง ดัดแปลง และต่อเติมอาคารของโรงแรม Grand Sukhumvit ที่อาจไม่เป็นไปตามกฎหมายกำหนด</t>
+  </si>
+  <si>
+    <t>คัดค้านการขอใบอนุญาตของบริษัท ทาเหอแกลรี่</t>
+  </si>
+  <si>
+    <t>บริษัท แกรนด์ ยูนิตี้ ดิเวลล็อปเมนท์ จำกัด ไม่ปฏิบัติตามเงื่อนไขรายงานการวิเคราะห์ผลกระทบสิ่งแวดล้อมด้านโครงการพักอาศัย ตามหนังสือสำนักงานนโยบายและแผนทรัพยากรธรรมชาติและสิ่งแวดล้อม ที่ ทส1009.5/4799 ลว 2 พ.ค.2557 และบริษัท แอล พี พี พรอพเพอร์ตี้ มาเนจเมนท์ จำกัด (มหาชน) ไม่ยื่น Monitor ลงในระบบ Smart EIA</t>
+  </si>
+  <si>
+    <t>คัดค้านการก่อสร้างโครงการ ริเวียร่า ปาล์มบีช พัทยา จ.ชลบุรี</t>
+  </si>
+  <si>
+    <t>ขอความเป็นธรรม เรื่องขอส่งข้อมูลประกอบการร้องขอความเป็นธรรม เกี่ยวกับโครงการอาคารชุด Niche Mono Bangpo (นิช โมโน บางโพ)</t>
+  </si>
+  <si>
+    <t>ลานมันอุบลแสงทองปล่อยมลพิษ</t>
+  </si>
+  <si>
+    <t>อุบลราชธานี</t>
+  </si>
+  <si>
+    <t>นาจะหลวย</t>
+  </si>
+  <si>
+    <t>ขอให้คณะกรรมการสิ่งแวดล้อมแห่งชาติดำเนินการติดตาม ประเมินผลการแก้ไขปัญหามลพิษในเขตควบคุมมลพิษจังหวัดระยอง และเร่งรัดให้หน่วยงานที่เกี่ยวข้องออกกฎหมายบังคับใช้เพื่อแก้ไขปัญหามลพิษไม่ล่าช้าอีกต่อไป และให้ปฏิบัติตามพระราชบัญญัตส่งเสริมและรักษาคุณภาพสิ่งแวดล้อมแห่งชาติที่บังคับใช้ในปัจจุบันอย่างเคร่งครัด</t>
+  </si>
+  <si>
+    <t>คัดค้านการก่อสร้างโรงงานน้ำตาลและโรงไฟฟ้าชีวมวล ของบริษัท น้ำตาลนิวกว้างสุ้นหลี จำกัด</t>
+  </si>
+  <si>
+    <t>วัฒนานคร</t>
+  </si>
+  <si>
+    <t>ขอให้ตรวจสอบการใช้เอกสารข้อมูล,ภาพ หรือสิ่งอื่นไดที่มิได้รับความยินยอมจากผู้ทรงสิทธิ์ เพื่อนำไปประกอบในการจัดทำเอกสารรายงานการประเมินผลกระทบสิ่งแวดล้อม โครงการ เดอะไพรเวซี่ พาร์ค รามอินทรา เฟส 1-2 (The Privacy park Ramintra phase 1-2)</t>
+  </si>
+  <si>
+    <t>ขอคัดค้าน และตรวจสอบการพัฒนาหรือการก่อสร้างโครงการ โนเบิล ฟรีดอม (Noble Freedom)</t>
+  </si>
+  <si>
+    <t>ห่วงกังวลในการรับฟังความคิดเห็นของประชาชนของโครงการ Seren Condominium จ.ภูเก็ต</t>
+  </si>
+  <si>
+    <t>ขอคัดค้านมติเห็นชอบ EIA ของโครงการศุภาลัย ลอฟท์ ภาษีเจริญ ของ คชก. กทม. เมื่อวันที่ 9 ธันวาคม 2564 ครั้งที่ 2</t>
+  </si>
+  <si>
+    <t>ขอเสนอให้มีการแก้ไขการสร้างโครงการ Noble Freedom (โนเบิล ฟรีดอม) ถนนประดิษฐ์มนูธรรม ที่มีขนาดความสูงมาก ถึง 33 ชั้น และมีหลายอาคาร ทำให้มีผลกระทบโดยตรงในระยะไกลมากๆ ถึง 1,000 เมตร กับประชาชนจำนวนมากที่อาศัยอยู่มานานหลายสิบปี และยังกระทบด้านอื่นๆ กับประชาชนโดยทั่วไปเป็นวงกว้าง</t>
+  </si>
+  <si>
+    <t>กรณีโครงการ The Circle S Sukhumvit 31 ไม่ปฏิบัติตามรายงานการวิเคราะห์ผลกระทบสิ่งแวดล้อมที่กำหนดไว้</t>
+  </si>
+  <si>
+    <t>ร้องเรียนเดือดร้อนไม่เห็นด้วยกับการก่อสร้าง</t>
+  </si>
+  <si>
+    <t>อาคารเก่าที่คุณค่าทางสถาปัตยกรรมบนถนนพระสุเมรุจะถูกรื้อถอนเป็นทางขึ้นลงรถไฟฟ้าสายสีม่วง</t>
+  </si>
+  <si>
+    <t>ผลกระทบจากการก่อสร้างโครงการริเวียร่า</t>
+  </si>
+  <si>
+    <t>หลักฐานเพิ่มเติม จากความเดือดร้อนจากการละเมิดทำงานหลัง 18.00 น. ของโครงการวิชดอมคอนโดอยู่ภายในโครงการก่อสร้างของ The Forestias</t>
+  </si>
+  <si>
+    <t>มีการก่อสร้างทำลายสิ่งแวดล้อม ฝุ่น</t>
+  </si>
+  <si>
+    <t>ขอรายละเอียดรายงานการขอเปลี่ยนแปลงรายละเอียดโครงการฯ โครงการรถไฟฟ้าสายสีส้ม ช่วงตลิ่งชัน-ศูนย์วัฒนธรรมแห่งประะเทศไทย ของ รฟม.</t>
+  </si>
+  <si>
+    <t>เขตตลิ่งชัน</t>
+  </si>
+  <si>
+    <t>ขอให้ตรวจสอบการขออนุญาต ก่อสร้างอาคารที่พักอาศัยโครงการสร้างคอนกรีตเสริมเหล็ก จำนวน 34 ชั้น ของโครงการอัลติจูด ยูนิคอร์น สาทร-ท่าพระ</t>
+  </si>
+  <si>
+    <t>ร้องเรียนได้รับความเดือนร้อนจากโครงการก่อสร้างวิชดอมคอนโด ที่ตั้งอยู่ภายในโครงการ The Forestias ต.บางแก้ว อ.บางพลี จ.สมุทรปราการ</t>
+  </si>
+  <si>
+    <t>ร้องเรียนให้เพิกถอนหนังสือเห็นชอบรายงานการวิเคราะห์ผลกระทบสิ่งแวดล้อม โครงการ CLOUD ทองหล่อ-เพชรบุรี</t>
+  </si>
+  <si>
+    <t>ร้องเรียน การตัดไม้ทำลายป่า ขอให้พิจารณาเกี่ยวกับหลักการลงนามหยุดตัดไม้ภายในปี 2573 ในการประชุมสมัชชาประเทศภาคีอนุสัญาสหประชาชาติว่าด้วยการเปลี่ยนแปลงสภาพภูมิอากาศ ครั้งที่ 26 (COP26) เมื่อเดือนพฤศจิกายน 2564 ที่เมืองกลาสโกว์ สหราชอาณาจักร เนื่องจากผู้ร้องเกรงว่า หลักการดังกล่าวจะมีผลกระทบต่อการตัดไม้ที่ปลูกในที่ดินของเอกชน</t>
+  </si>
+  <si>
+    <t>เมืองอุบลราชธานี</t>
+  </si>
+  <si>
+    <t>ขอคัดค้านการอนุมัติ EIA ของโครงการศุภาลัย ลอฟท์ ภาษีเจริญ ของคชก.กทม.</t>
+  </si>
+  <si>
+    <t>ความเดือดร้อนของประชาชนจากการก่อสร้างอาคารสำนักงานนโยบายและแผนทรัพยากรธรรมชาติและสิ่งแวดล้อม</t>
+  </si>
+  <si>
+    <t>คัดค้านรายงานการวิเคราะห์ผลกระทบสิ่งแวดล้อม ด้านอาคาร การจัดสรรที่ดินและบริการชุมชน กทม. โครงการ Knightsbridge Space Sukhumvit-Rama 4 (ไนท์บริดจ์ สเปซ สุขุมวิท-พระราม 4)</t>
+  </si>
+  <si>
+    <t>ข้อร้องเรียน กรณี บริษัท ทีวาย สตีล จำกัด</t>
+  </si>
+  <si>
+    <t>นิคมพัฒนา</t>
+  </si>
+  <si>
+    <t>ได้รับผลกระทบด้านมลพิษทางอากาศ จากการเผาขยะข้างคอนโดมิเนียม  Park Paradise ชลบุรี</t>
+  </si>
+  <si>
+    <t>ไม่เห็นด้วยในการสร้างคอนโดมิเนียม ริเวียร่า ซอยนาเกลือ16</t>
+  </si>
+  <si>
+    <t>โครงการเคฟนครปฐมก่อสร้างเกินเวลาและไม่อยู่ในแผนงานการก่อสร้างประจำสัปดาห์</t>
+  </si>
+  <si>
+    <t>โครงการและผู้รับเหมาก่อสร้างเกินเวลาและไม่อยู่ในแผนงานการก่อสร้างประจำสัปดาห์ (โครงการ เคฟ เจเนซิส นครปฐม)</t>
+  </si>
+  <si>
+    <t>ร้องเรียน การก่อสร้างโรงแรม S3 Cozy</t>
+  </si>
+  <si>
+    <t>การจอดรถบนถนนทางเข้า  - ออก ซอยรัตนาธิเบศร์ 28 และขวางทางเข้าออกหมู่บ้าน</t>
+  </si>
+  <si>
+    <t>บางกระสอ</t>
+  </si>
+  <si>
+    <t>ขอร้องเรียนกรณี บริษัท ทีวาย สตีล จำกัด</t>
+  </si>
+  <si>
+    <t>ติดตามครั้งที่ 1 ขอทราบมติการประชุมพิจารณารายงานผลกระทบสิ่งแวดล้อมของโครงการเดอะ รีเซิร์ฟ พญาไท The RESERVE PHYATHAI ของบริษัท พฤกษา เรียลเอสเตท จำกัด (มหาชน)</t>
+  </si>
+  <si>
+    <t>ขอคัดค้านการพัฒนาโครงการ Happy Cloud Residence ซ.เมฆสวัสดิ์ แขวงช่องนนทรี เขตยานาวา กทม.</t>
+  </si>
+  <si>
+    <t>ขอให้แจ้งระงับโครงการโรงงานผลิตสายไฟฟ้าตัวนำอลูมิเนียมและลวดอลูมิเนียมเจือของ บริษัท สายไฟฟ้าไทย - ยาซากิ จำกัด  (สาขาสุวรรณภูมิ)</t>
+  </si>
+  <si>
+    <t>ขอสำเนาเอกสารรายงานการประชุมผลการพิจารณาของคณะกรรมการผู้ชำนาญการพิจารณารายงาน ผลกระทบสิ่งแวดล้อมโครงการโครงสร้างพื้นฐานทางบกและทางอากาศ</t>
+  </si>
+  <si>
+    <t>ร้องเรียนโครงการโอเชียนน่าสุรินทร์ไม่ได้ก่อสร้างตามรายงานผลการประเมินผลกระทบสิ่งแวดล้อม เรื่องผลการสำรวจความสูงอาคาร และความชันที่ดิน</t>
+  </si>
+  <si>
+    <t>โครงการ CLOUD ทองหล่อ-เพชรบุรี</t>
+  </si>
+  <si>
+    <t>ขอทราบมติที่ประชุมรายงานการวิเคราะห์ผลกระทบสิ่งแวดล้อม โครงการรถไฟฟ้าสายสีส้ม ฝั่งตะวันตก</t>
+  </si>
+  <si>
+    <t>ขอสอบถามเพิ่มเติมโครงการก่อสร้างอาคารโรงแรม ของบริษัท ซีพีเอ็น เอสเตท จำกัด</t>
+  </si>
+  <si>
+    <t>ขอให้ทบทวนการก่อสร้างโครงการ Groove Vibes Ladprao 18  โดยได้รับมติเห็นชอบเมื่อวันที่ 18 พฤศจิกายน 2563</t>
+  </si>
+  <si>
+    <t>ขอทราบมติการประชุมพิจารณารายงานการประเมินผลกระทบสิ่งแวดล้อมโครงการ เดอะ รีเซิร์ฟ พญาไท (The RESERVE PHAYATHAI) ของบริษัท พฤกษา เรียลเอสเตท จำกัด (มหาชน) ในการประชุมครั้งที่  17/2564 เมื่อวันที่ 8 มี.ค. 2564</t>
+  </si>
+  <si>
+    <t>ขอคัดค้านมติที่ประชุมรายงานการประเมินผลกระทบสิ่งแวดล้อมโครงการ Central Embassy (ส่วนขยาย) ในการประชุมครั้งที่ 16/2564  วันที่ 1 มี.ค. 2564 ของ คชก.กทม.</t>
+  </si>
+  <si>
+    <t>องเรียนผลกระทบจากการดำเนินโครงการซ่อมบำรุงรักษาเขื่อนป้องกัน การกัดเซาะชายฝั่งทะเลบริเวณหาดสะกอม ต.สะกอม อ.จะนะ จ.สงขลา</t>
+  </si>
+  <si>
+    <t>สงขลา</t>
+  </si>
+  <si>
+    <t>จอดรถกีดขวางการจราจร สร้างความเดือดร้อนรำคาญ เป็นการละเมิดและไม่ปฏิบัติตามมาตรการ (โครงการ เคฟ เจเนซิส นครปฐม)</t>
+  </si>
+  <si>
+    <t>ร้องเรียนเรื่องผลกระทบสิ่งแวดล้อมจากโครงการต่างๆ ที่ได้รับใบอนุญาต EIA ของโครงการ The Forestias</t>
+  </si>
+  <si>
+    <t>ขอให้เพิกถอนความเห็นชอบรายงานการวิเคราะห์ผลกระทบสิ่งแวดล้อม (EIA) โครงการ The Base Srichan Khon Kaen และให้มีการตรวจสอบการกระทำความผิดตาม กฎหมายที่เกี่ยวข้อง</t>
+  </si>
+  <si>
+    <t>ไม่ได้รับเอกสารแจ้งแผนการก่อสร้างประจำสัปดาห์ของเดือนสิงหาคมและกันยายน 2568</t>
+  </si>
+  <si>
+    <t>ขอให้เพิกถอนความเห็นชอบรายงานการวิเคราะห์ผลกระทบสิ่งแวดล้อม (EIA) โครงการ The Base Srichan Khon Kaen และให้มีการดรวจสอบการกระทำความผิดดามกฎหมายที่เกี่ยวข้อง</t>
+  </si>
+  <si>
+    <t>สร้างความเดือดร้อนรำคาญอันเป็นปกติสุขของผู้อยู่ข้างเคียง จากการก่อสร้างโครงการ Kave Genesis นครปฐม</t>
+  </si>
+  <si>
+    <t>ไม่ได้รับเอกสารแจ้งแผนการก่อสร้างประจำสัปดาห์ ของเดือน สิงหาคม และ กันยายน 2568</t>
+  </si>
+  <si>
+    <t>ก่อสร้างมีเสียงดังรบกวน สร้างความเดือดร้อนรำคาญ เป็นการละเมิดและไม่ปฏิบัติตามมาตรการ โดยให้หยุดการก่อสร้างทันที โครงการ เคฟ เจเนซิส นครปฐม</t>
+  </si>
+  <si>
+    <t>ให้ระงับการก่อสร้าง โครงการเคฟ เจเนซิส นครปฐม จากการละเมิดมาตราการและทำลายทรัพย์สินผู้อื่น</t>
+  </si>
+  <si>
+    <t>ร้องเรียนผลกระทบจากการดำเนินการก่อสร้างเขื่อนป้องกันตลิ่งริมทะเล (กำแพงกันคลื่น) หาดอ่าวน้อย และขอให้นำเอาโครงการประเภทกำแพงกันคลื่นต้องจัดทำรายงานการประเมินผลกระทบสิ่งแวดล้อม (EIA) ดังเดิม</t>
+  </si>
+  <si>
+    <t>คัดค้านการก่อสร้างอาคารพักอาศัยของสำนักปลัดกระทรวงกลาโหม (พื้นที่ประชาชื่น)</t>
+  </si>
+  <si>
+    <t>ร้องเรียนผลกระทบจากโครงการก่อสร้างเขื่อนป้องกันการกัดเซาะชายฝั่งทะเลพื้นที่ชายฝั่งทะเล หมู่ที่ 5 ต.หน้าสตน อ.หัวไทร  จ.นครศรีธรรมราช (ระยะที่ 2)</t>
+  </si>
+  <si>
+    <t>นครศรีธรรมราช</t>
+  </si>
+  <si>
+    <t>ก่อสร้างมีเสียงดังรบกวน สร้างความรำคาญ เป็นการละเมิดและไม่ปฏิบัติตามมาตรการ โดยให้หยุดการก่อสร้างทันที โครงการ เคฟ เจเนซิส นครปฐม</t>
+  </si>
+  <si>
+    <t>ขอให้ดำเนินการระงับการพิจารณาและไม่รับรองรายงานการวิเคราะห์ผลกระทบด้านสิ่งแวดล้อมโครงการทำเหมืองแร่ชนิดหินอุตสาหกรรมชนิดหินปูนเพื่ออุตสาหกรรมก่อสร้าง ของบริษัท พารุ่ง อินเตอร์เนชั่นแนล จำกัด</t>
+  </si>
+  <si>
+    <t>ผู้รับเหมาก่อสร้างหลัก ละเลย-การปฏิบัติตามมาตรการควบคุมฝุ่นละออง (ตามมาตรการ EIA ที่ได้รับอนุมัติจาก ผส.)</t>
+  </si>
+  <si>
+    <t>เสนานิคม</t>
+  </si>
+  <si>
+    <t>ขอคัดค้านกระบวนการรับฟังความคิดเห็นรายงานวิเคราะห์ผลกระทบสิ่งแวดล้อม โครงการเหมืองแร่โปแตชและเกลือหินบริษัท ไทยคาลิ จำกัด</t>
+  </si>
+  <si>
+    <t>ขอคัดค้านการก่อสร้างโครงการอาคารชุด เดอะ ริเวียร่า ปาล์ม บีช</t>
+  </si>
+  <si>
+    <t>คัดค้านรายงานการวิเคราะห์ผลกระทบสิ่งแวดล้อม (EIA) โครงการนิวนีค เจริญกรุง</t>
+  </si>
+  <si>
+    <t>คัดค้านรายงานการวิเคราะห์ผลกระทบสิ่งแวดล้อม (EIA) และการก่อสร้างโครงการ มิวนีค เจริญกรุง (Muniq Charoenkrung)</t>
+  </si>
+  <si>
+    <t>การคัดค้านรายงานการวิเคราะห์ผลกระทบสิ่งแวดล้อม (EIA) โครงการ Munia เจริญกรุง</t>
+  </si>
+  <si>
+    <t>ร้องเรียนโครงการก่อสร้าง Reference วงเวียนใหญ่</t>
+  </si>
+  <si>
+    <t>คัดค้านการอนุมัติ EIA คอนโด NUE EPIC</t>
+  </si>
+  <si>
+    <t>เขตดินแดง</t>
+  </si>
+  <si>
+    <t>ดินแดง</t>
+  </si>
+  <si>
+    <t>ข้อห่วงกังวลเกี่ยวกับการพัฒนา โครงการ เอสซี เรสซิเดนซ์ (SC Residence) และ โครงการ เซ็นทรัล พาร์คเรสซิเดนซ์ (Central Park Residence)</t>
+  </si>
+  <si>
+    <t>ข้อสังเกตและคำขอคัดค้านในรายงานการประเมินผลกระทบสิ่งแวดล้อม (EIA) คำขอประทานบัตรที่ 6/2565 และ7/2565 ของบริษัท ทรัพย์ศิลา 1991 ที่ถูกพิจารณาให้ผ่านไม่ตรงกับข้อเท็จจริงที่เกิดขึ้น</t>
+  </si>
+  <si>
+    <t>ร้องเรียนให้ตรวจสอบกระบวนการจัดทำและรายงาน EHIA โครงการสะพานเศรษฐกิจ ตรวจสอบการจัดเวทีและสรุปผลการรับฟังความคิดเห็น ค.3 และรายงาน EHIA โครงการท่าเรือน้ำลึกบริเวณแหลมอ่าวอ่าง</t>
+  </si>
+  <si>
+    <t>ระนอง</t>
+  </si>
+  <si>
+    <t>ขอให้ระงับการพิจารณาอนุมัติรายงานการประเมินผลกระทบสิ่งแวดล้อม (EIA) และขอให้พิจารณาผลกระทบจากโครงการก่อสร้างอาคารสูงพิเศษ โครงการออริจิ้น เพลส แจ้งวัฒนะ ซึ่งส่งผลกระทบสิ่งแวดล้อม สุขภาพ อนามัยคุณภาพชีวิติ และทรัพย์สินของประชาชนโดยรอบ</t>
+  </si>
+  <si>
+    <t>คัดค้านอย่างเป็นทางการต่อโครงการก่อสร้าง Heart by BOTANICA เฟส A และโครงการ Heart by BOTANICA เฟส B2 และ B3 ซึ่งอยู่ติดกับหมู่บ้านไทรตาลวิลล่าส์ (โฉนดเลขที่ 17650) / การประชุมและการนำเสนอเมื่อวันที่ 11 มิถุนายน 2568</t>
+  </si>
+  <si>
+    <t>ขอคัดค้านการจัดเวทีรับฟังความคิดเห็นของประชาชน โครงการพัฒนาท่าเรือบริเวณแหลมอ่าวอ่าง อำเภอเมืองระนอง จังหวัดระนอง และท่าเรือแหลมริ่ว อำเภอหลังสวน จังหวัดชุมพร</t>
+  </si>
+  <si>
+    <t>ชุมพร</t>
+  </si>
+  <si>
+    <t>การก่อสร้างคอนโดมิวนิค เจริญกรุง</t>
+  </si>
+  <si>
+    <t>ขอคัดค้านรายงานการประเมินผลกระทบสิ่งแวดล้อม คัดค้านการให้อนุญาตเข้าทำประโยชน์ในเขตพื้นที่ป่าไม้ และขอให้ยกเลิกแหล่งหินอุตสาหกรรม ตามโครงการทำเหมืองชนิดแร่หินอุตสาหกรรมชนิดหินปูนเพื่ออุตสาหกรรมก่อสร้าง ของบริษัท ภูทองอันดา จำกัด ตามคำขอประทานบัตรที่ 4/2559 ตั้งอยู่หมู่ที่ 6 ตำบลควนโดน อำเภอควนโดน จังหวัดสตูล</t>
+  </si>
+  <si>
+    <t>ร้องเรียนที่ได้รับความเดือดร้อน จากการที่มีผู้ทำลายหรือสร้างความเสียหายต่อทรัพยากรธรรมชาติและสิ่งแวดล้อมซึ่งอยู่ในความรับผิดชอบของ ทส.</t>
+  </si>
+  <si>
+    <t>คัดค้านรายงานการวิเคราะห์ผลกระทบสิ่งแวดล้อม (EIA) โครงการ Central Embassy Extension (CE2) ปี 2568 เนื่องจากความเสียหายที่ไม่สามารถเยียวยาได้ ข้อมูลที่คลาดเคลื่อน และการละเมิดกฎหมาย</t>
+  </si>
+  <si>
+    <t>ขอให้ตรวจสอบความจำเป็นในการจัดทำรายงาน EIA กรณีโรงงานจำพวก 3 ประเภท 106 ตั้งใจกลางหมู่บ้านตม (บริษัท เอเค เมดานิคอล แอนด์ รีไซคลิง จำกัด ตำบลสระสี่เหลี่ยม อำเภอพนัสนิคม จังหวัดชลบุรี</t>
+  </si>
+  <si>
+    <t>ร้องเรียนให้ตรวจสอบ โรงแรมป่าตอง เบย์ ฮิลล์ รีสอร์ท</t>
+  </si>
+  <si>
+    <t>ขอให้ทบทวนโครงการศึกษาความเหมาะสมโครงการพัฒนาท่าอากาศยานอู่ตะเภา การประเมินผลกระทบสิ่งแวดล้อมและสุขภาพ ประเด็นสิ่งแวดล้อมด้านเสียงดังจากการขึ้น-ลง ของอากาศยาน</t>
+  </si>
+  <si>
+    <t>ติดตามความคืบหน้ากรณีการคัดค้านการให้ประทานบัตรของโรงโม่หินชัยพฤกษ์ ต.เขากะลา อ.พยุหะคีรี จ.นครสวรรค์</t>
+  </si>
+  <si>
+    <t>ร้องเรียนผลกระทบจากการดำเนินโครงการซ่อมบำรุงรักษาเขื่อนป้องกันการกัดเซาะชายฝั่งทะเลบริเวณหาดสะกอม ต.สะกอม อ.จะนะ จ.สงขลา</t>
+  </si>
+  <si>
+    <t>ร้องเรียนโครงการ S-Ratchada (เอส-รัชดา) ในซอยรัชดาภิเษก 44</t>
+  </si>
+  <si>
+    <t>ขอให้ระงับผลบังคับใช้และเพิกถอนคำสั่งเห็นชอบรายงาน EIA ของโครงการ The base ศรีจันทร์-ขอนแก่น</t>
+  </si>
+  <si>
+    <t>การตอบกลับแบบเป็นทางการต่อแบบสำรวจสำหรับ โครงการ Sole Mio Residences โดยบริษัท โซเล มิโอ เรสซิ เดนซ์ จำกัด และโครงการ Sole Mio Boutique Hotel and Wellness โดยบริษัท ไรย์แลนด์ โปรเจกต์ จำกัด</t>
+  </si>
+  <si>
+    <t>ร้องเรียนโครงการคอนโด The Strand Thonglor สร้างปัญหาความเดือดร้อนและไม่ปฏิบัติตามมาตรการป้องกันและแก้ไขผลกระทบสิ่งแวดล้อมให้กับคนในชุมชน</t>
+  </si>
+  <si>
+    <t>ขอคัดค้านโครงการท่าเทียบเรือสำราญและกีฬาอ่าวกุ้งมารีน่า ภูเก็ต และรายงานการวิเคราะห์ผลกระทบสิ่งแวดล้อมของโครงการ</t>
+  </si>
+  <si>
+    <t>ขอทราบข้อมูลเพิ่มเติม</t>
+  </si>
+  <si>
+    <t>ร้องเรียนผลกระทบจากการดำเนินการก่อสร้างกำแพงกันคลื่นริมชายหาดปากน้ำปราณ อ.ปราณบุรี จังหวัดประจวบคีรีขันธ์ และขอให้บรรจุโครงการประเภทกำแพงกันคลื่นทุกขนาดต้องจัดทำรายงานการประเมินผลกระทบสิ่งแวดล้อม (EIA)</t>
+  </si>
+  <si>
+    <t>ร้องเรียนผลกระทบจากการดำเนินโครงการก่อสร้างเขื่อนป้องกันการกัดเซาะชายฝั่งทะเล หมู่ 7 ต.ม่วงงาม อ.สิงหนคร จ.สงขลา อันเป็นผลจากการเพิกถอนโครงการประเภทกำแพงกันคลื่นออกจากโครงการ ที่ต้องจัดทำรายงานการประเมินผลกระทบสิ่งแวดล้อม (EIA)</t>
+  </si>
+  <si>
+    <t>ขอให้ตรวจสอบการก่อสร้างโรงแรม ของบริษัท SPC โดยฝ่าฝืนกฏหมายว่าด้วยการการวิเคราะห์ผลกระทบสิ่งแวดล้อม (EIA) โครงการไม่ทราบชื่อ ถนนมิตรภาพ ตำบลในเมือง อำเภอเมืองนครราชสีมา จังหวัดนครราชสีมา</t>
+  </si>
+  <si>
+    <t>ข้อสังเกตและคำขอคำคัดค้านในรายงานการประเมินผลกระทบสิ่งแวดล้อม (EIA) คำขอประทานบัตรที่ 6/2565 และ 7/2565 ของบริษัททรัพย์ศิลา 1991 จำกัด ที่ถูกพิจารณาให้ผ่านไม่ตรงกับข้อเท็จจริงที่เกิดขึ้น</t>
+  </si>
+  <si>
+    <t>ขอให้พิจารณาชะลอการก่อสร้างโครงการคอนโดมิเนีียม OK36 และขอให้เข้าสำรวจพื้นที่โครงการโอกะ เฮาส์ อีกครั้ง ภายหลังเหตุการณ์แผ่นดินไหว เมื่อวันที่ 28 มีนาคม 2568</t>
+  </si>
+  <si>
+    <t>ร้องเรียนเรื่อง ขอแสดงความคิดเห็นเกี่ยวกับการจัดการเพื่อรองรับการเปลี่ยนแปลงสภาพภูมิอากาศ</t>
+  </si>
+  <si>
+    <t>ขอส่งข้อมูลเอกสารเรื่องร้องเรียนคัดค้าน โครงการทำเหมืองแร่ คำขอประทานบัตรที่ 2/2559  ของบริษัท ทรีมาเธอร์ เทรดดิ้ง จำกัด</t>
+  </si>
+  <si>
+    <t>มุกดาหาร</t>
+  </si>
+  <si>
+    <t>ขอให้ตรวจสอบผลกระทบต่อสุขภาพและสิ่งแวคล้อมจากการดำเนินกิจการอุตสาหกรรมในพื้นพื้นที่ตำบลสระสี่เหลี่ยมอำเภอพนัสนิคม จังหวัดชลบุรี(บริษัทเอเค เมคานิคอล แอนด์ รีไซคลิง จำกัด )</t>
+  </si>
+  <si>
+    <t>การก่อสร้างไม่เป็นไปตามมาตรการป้องกันและแก้ไขผลกระทบสิ่งแวดล้อม (EIA) ติดตามครั้งที่ 2</t>
+  </si>
+  <si>
+    <t>ขอยกเลิกแบบสอบถามที่ได้มาโดยมิชอบ และขอแจ้งข้อห่วงกังวลในฐานะผู้ได้รับผลกระทบโดยตรงที่มีแนวเขตติดกับโครงการที่กำลังดำเนินก่อสร้าง และจัดทำรายงานการประเมินผลกระทบสิ่งแวดล้อม (EIA)</t>
+  </si>
+  <si>
+    <t>ได้รับผลกระทบจากการก่อสร้างอาคารโครงการ The Hampton Suites Rayong</t>
+  </si>
+  <si>
+    <t>ขอให้ทบทวนผลของการตอบแบบสอบถามและขอแจ้งข้อห่วงกังวลในฐานะผู้ได้รับผลกระทบจากโครงการที่กำลังดำเนินการก่อสร้างและจัดทำรายงานประเมินผลกระทบสิ่งแวดล้อม (EIA)</t>
+  </si>
+  <si>
+    <t>การตอบกลับแบบเป็นทางการต่อแบบสำรวจสำหรับโครงการ Laguna Beach Residence Bayside และโครงการ Banyan Tree Beach Residence Oceanus โดยบริษัท ภูเก็ต แกรนด์ รีสอร์ท จำกัด</t>
+  </si>
+  <si>
+    <t>การขอคัดค้านและร้องเรียนในประเด็นข้อกฎหมายเกี่ยวกับพระราชบัญญัติควบคุมอาคาร พ.ศ.2522 ต่อรายงานการประเมินผลกระทบสิ่งแวดล้อม โครงการ Central Embassy (ส่วนขยาย)</t>
+  </si>
+  <si>
+    <t>โปรดส่งเสริมเพื่อให้สำเร็จประโยชน์ เพื่อให้สำเร็จสมบูรณ์ตามประสงค์ เพื่อการขยาย เพื่อเป็น 4 ช่องจราจร เพื่อสายทางหลวงแผ่นดินสายประธาน แนวเหนือ-ใต้ (2)</t>
+  </si>
+  <si>
+    <t>ขอให้พิจารณาอย่างรอบคอบในการพิจารณารายงานการประเมินผลกระทบสิ่งแวดล้อม (EIA) สำหรับโครงการโรงแรมในพื้นที่ชุมชนพักอาศัย โครงการ โรงแรม ฟลอร่า วิลล์ (Flora Ville Hotel) (ดัดแปลงและเปลี่ยนการใช้ประโยชน์อาคาร)</t>
+  </si>
+  <si>
+    <t>ปทุมธานี</t>
+  </si>
+  <si>
+    <t>ให้ระงับการก่อสร้าง โครงการเคฟ เจเนซิส นครปฐม จากการละเมิดมาตรการและทำลายทรัพย์สินผู้อื่น</t>
+  </si>
+  <si>
+    <t>นิติบุคคลและกรรมการนิติบุคคลร่วมกันเอาพื้นที่จอดรถที่มิได้ขออนุญาตในคอนโดออกให้เช่าเป็นการกระทำผิดต่อการที่ได้ยื่นขอการประเมินผลกระทบสิ่งแวดล้อม (EIA) และเป็นการผิดต่อ พ.ร.บ.ควบคุมอาคาร (อาคารชุดเดอะ ไลน์ พหลโยธิน พาร์ค อาคาร บี)</t>
+  </si>
+  <si>
+    <t>ขอให้ตรวจสอบข้อมูลที่นำเสนอของโครงการ ลายัน เวอร์เด ภูเก็ต  และการไม่ปฏิบัติตามมาตรการฯ เงื่อนไขการเห็นชอบใน EIA</t>
+  </si>
+  <si>
+    <t>โครงการ Heart by BOTANICA เฟส A และโครงการ Heart by BOTANICA</t>
+  </si>
+  <si>
+    <t>ขอให้พิจารณาทบทวนและแก้ไขการออกแบบโครงการถนนทางหลวง อ.หล่มสัก</t>
+  </si>
+  <si>
     <t>เพชรบูรณ์</t>
   </si>
   <si>
-    <t>พิจิตร</t>
-[...1264 lines deleted...]
-  <si>
     <t>น้ำหนาว</t>
   </si>
   <si>
     <t>โคกมน</t>
   </si>
   <si>
     <t>ตามเรื่องขอให้ไม่ออกใบรับรองการก่อสร้าง ไม่ให้ใช้อาคารและระงับการก่อสร้างโครงการ The Privacy Park Ramindra หรือ เดอะไพรเวซี พาร์ค รามอินทรา เฟล 1-2 (The Privacy park Ramintra phase 1-2) หรือ chapter one all ramintra จนกว่าคดีจะถึงที่สุด และขอให้รื้อถอนอาคารโครงการดังกล่าวออกไป และสถานะของโครงการ</t>
   </si>
   <si>
     <t>แจ้งเรื่องเจ้าของโครงการไม่ปฏิบัติตามมาตรการป้องกันและแก้ไขผลกระทบสิ่งแวดล้อม(รายงานฉบับสมบูรณ์) หมวด 4.3 การสาธารณสุข อาชีวอนามัยและสุขภาพ โครงการ ดีคอนโด จรัญ-ปิ่นเกล้า (ดีคอนโด ธาร)</t>
   </si>
   <si>
     <t>ขอให้ตรวจสอบบริษัท จินไห ฮาร์ดแวร์ จำกัด ตำบลนิคมพัฒนา อำเภอนิคมพัฒนา จังหวัดระยอง</t>
   </si>
   <si>
     <t>ขอร้องเรียน คัดค้าน และขอให้ตรวจสอบการขอประทานบัตรเหมืองแร่</t>
   </si>
   <si>
     <t>ขอให้ตรวจสอบปัญหาเสียงดังฝุ่นละอองจากการก่อสร้างอาคารโครงการเดอะ มูฟ เพชรเกษม 38 ของบริษัท แสนสิริ จำกัด (มหาชน)</t>
   </si>
   <si>
     <t>การคัดค้านการอนุมัติรายงานการประเมินผลกระทบสิ่งแวดล้อม (EIA) ของโรงแรมซามูจาน่า ที่อาจไม่ชอบด้วยกฎหมาย และส่งผลกระทบต่อการออกใบอนุญาติประกอบกิจการโรงแรม</t>
   </si>
   <si>
     <t>ขอให้ระงับและตรวจสอบการถมดินและทิ้งดิน บริเวณสถานที่พักดินชั่วคราวของโครงการรถไฟฟ้าสายสีส้มช่วงบางขุนนนท์ - ศูนย์วัฒนธรรมแห่งประเทศไทย ที่ตั้งประชิดติดหมู่บ้านเศรษฐสิริ จรัญฯ - ปิ่นเกล้า 2 เนื่องจากก่อให้เกิดผลกระทบสิ่งแวดล้อมต่อผู้พักอาศัยของหมู่บ้านเศรษฐสิริ จรัญฯ - ปิ่นเกล้า 2 โดยไม่มีมาตรการควบคุมผลกระทบตาม EIA</t>
@@ -1367,53 +1571,50 @@
   <si>
     <t>[KN680611-A1] จอดรถกีดขวางการจราจร สร้างความเดือดร้อนรำคาญเป็นการละเมิดและไม่ปฏิบัติตามาตรการ (โครงการ เคฟ เจเนซิส นครปฐม)</t>
   </si>
   <si>
     <t>ขอยื่นคัดค้านการพิจารณาอนุมัติ EIA กับโครงการอาคารชุดริธึ่ม เจริญนคร ไอคอนิค (Rhythm Chariennakhon lconic) (ฉบับที่ 2)</t>
   </si>
   <si>
     <t>ขอค้านการต่อใบอนุญาตโรงประกอบโลหะ และประทานบัตร 26910/15365, 26911/15366, 26912/15367 และ 25528/14714</t>
   </si>
   <si>
     <t>โตแย้ง/คัดค้าน การก่อสร้าง อาคารชุดพักอาศัยขนาดใหญ่พิเศษโครงการ นาวว์ เมกา และปฏเสธรับมาตรการป้องกันที่ไม่เหมาะสมแก้ทรัพย์สิน และความปลอดภัยต่อชีวิตของผู้อาศัยรวมถึงแสดงแผนผังที่ตั้งของบ้านเลขที่ 188/14 ตามหนังสือเลขที่ ทส 1009.5/3433 ให้แสดงตำแหน่งบ้านที่เชื่อมโยงกับข้อร้องเรียน "ห่วงกังวลผลกระทบที่จะได้จากการก่อสร้างโครงการ  - อากาศร้อนขึ้น จากการใช้แอร์ - จราจรคับคั่ง - ทัศนียภาพที่ไม่น่ามอง - แสงสะท้อนจากกระจกห้อง ส่งผลให้เกิดความร้อนเพิ่ม - ที่จอดรถที่อยู่เหนือหรือเสมอหมู่บ้านข้างเคียง อาจจะให้เกิดโรคทางเดินหายใจแก่เด็กและผู้ที่อยู่อาศัยมาก่อน - สารอันตรายจากรถที่ใช้ -ฝุ่น ควัน ละอองที่เกิดจากการก่อสร้าง</t>
   </si>
   <si>
     <t>ขอคัดค้านการก่อสร้างคอนโดเลี้ยงสัตว์ได้โครงการออริจิ้น เพลส พหล 59 สเตชั่น (2)</t>
   </si>
   <si>
     <t>ขอให้ตรวจสอบการขออนุญาตและทบทวนการให้อนุญาต โครงการ LUXURY SUITES</t>
   </si>
   <si>
     <t>ขอคัดค้านการก่อสร้างคอนโด 8 ชั้น ของโครงการ ORIGIN PLACE PHAHOL 59 STATION (3)</t>
   </si>
   <si>
     <t>ความเดือนร้อน ความเสียหาย ผลกระทบและปัญหาบดบังแสงแดดและบังลมจากการก่อสร้างคอนโดมิเนียม โครงการไนท์บริดจ์สเปซ สุขุมวิท-พระราม 4 ของบริษัท ออริจิ้นพร็อพเพอร์ตี้ จำกัด (มหาชน) (2)</t>
   </si>
   <si>
-    <t>พระโขนง</t>
-[...1 lines deleted...]
-  <si>
     <t>ผลการตรวจคุณภาพน้ำเสียก่อนเข้าระบบ และการตรวจน้ำเสียหลังบำบัด</t>
   </si>
   <si>
     <t>คัดค้านการประชุมรับฟังความคิดเห็นประชาชนและการจัดทำรายงานการประเมินผลกระทบสิ่งแวดล้อม</t>
   </si>
   <si>
     <t>ผลกระทบความเดือนร้อนต่อประชาชน ที่ไม่ได้รับการพิจารณา แก้ไข ทั้งที่สามารถจะกระทำได้ จากการออกแบบตำแหน่งสถานีรถไฟสานสีน้ำตาล BR07 และเส้นทางเดินเชื่อมต่อไปยังสถานีไฟฟ้าสายสีเขียวมหาวิทยาลัยเกษตรศาสตร์และเรียนแจ้งจำนวนผู้ได้รับผลกระทบเดือดร้อนที่สามารถลงชื่อได้</t>
   </si>
   <si>
     <t>ขอให้ทบทวนการอนุมัติการก่อสร้างโครงการ NUE Epic อโศก-พระราม 9 โดยบริษัท เวอร์ติคอล พระราม 9 อัลไลแอนซ์ 1 จํากัด</t>
   </si>
   <si>
     <t>ร้องเรียนผลกระทบต่อชุมชนโดยรอบจากโครงการ NUE EPICASOK-RAMA9</t>
   </si>
   <si>
     <t>[KN680618-E1] - ให้ดำเนินการร้องทุกข์กล่าวโทษ การละเมิดและไม่ปฏิบัติตามมาตรการก่อสร้าง-ไม่มีการติดตั้งกำแพงกันเสียงในชั้นที่มีการก่อสร้าง โครงการเคฟ แจเนซิส นครปฐม</t>
   </si>
   <si>
     <t>หนังสือคัดค้านโครงการอสังหาริมทรัพย์ เรื่องเลขที่ 256805-18/256805-19</t>
   </si>
   <si>
     <t>[KN680607-A1] ก่อสร้างมีเสียงดังรบกวน สร้างความเดือดร้อนรำคาญ เป็นการละเมิดและไม่ปฏิบัติตามมาตรการ โดยให้หยุดการก่อสร้างทันที โครงการ เคฟ เจเนซิส นครปฐม</t>
   </si>
   <si>
     <t>ขอให้ตรวจสอบข้อเท็จจริงเกี่ยวกับการปฏิบัติตามขั้นตอน กฎ ระเบียบ ในกระบวนการจัดทำ และกระบวนการพิจารณาเห็นชอบรายงานการประเมินผลกระทบสิ่งแวดล้อมโครงการก่อสร้างอาคารพักอาศัยพร้อมสิ่งอำนวยความสะดวก ของสำนักงานปลัดกลาโหม (พื้นที่ประชาชื่น)</t>
@@ -2000,53 +2201,50 @@
   <si>
     <t>คัดค้านการประชุมรับฟังความคิดเห็น ครั้งที่ 3 โครงการไฟฟ้าชีวมวล (ชานอ้อย) ของบริษัท สมานฉันท์กรับใหญ่ จำกัด ที่ตั้งตำบลโนนสวรรค์ อำเภอปทุมรัตต์ จังหวัดร้อยเอ็ด</t>
   </si>
   <si>
     <t>ร้อยเอ็ด</t>
   </si>
   <si>
     <t>ปทุมรัตต์</t>
   </si>
   <si>
     <t>ร้องเรียน/ขอให้เข้าตรวจสอบการใช้ฟุตบาทบนพื้นที่ถนนภาระจำยอม</t>
   </si>
   <si>
     <t>คลองหลวง</t>
   </si>
   <si>
     <t>คลองหนึ่ง</t>
   </si>
   <si>
     <t>คัดค้านและขอเสนอรูปแบบการก่อสร้างโครงการรถไฟความเร็วสูง สายกรุงเทพฯ-นครราชสีมา (ช่วงชุม ทางบ้านภาชี-นครราชสีมา) ช่วงระยะในเขตพื้นที่อำเภอหนองแซง จังหวัดสระบุรี ระยะทาง 7.02 กิโลเมตร</t>
   </si>
   <si>
     <t>ขอคัดค้านการประชุมรับฟังความคิดเห็นครั้งที่ 1 โครงการ เดอะคอลเลคชั่น สุขุมวิท 16 (The Collection Sukhumvit 16) ของบริษัท ไซมิส แอสเสท จำกัด (มหาชน)</t>
   </si>
   <si>
-    <t>คลองเตย</t>
-[...1 lines deleted...]
-  <si>
     <t>ขอคัดค้านการก่อสร้างโรงงานไฟฟ้าเชื้อเพลิงจากขยะอุตสาหกรรมในพื้นที่ ต.ปลวกแดง อ.ปลวกแดง จ.ระยอง</t>
   </si>
   <si>
     <t>ปลวกแดง</t>
   </si>
   <si>
     <t>ร้องเรียนกระบวนการ EIA โครงการ วัน ออริจิ้น สุขมวิท 79 (One Origin Sukhumvit 79) (2)</t>
   </si>
   <si>
     <t>ร้องเรียนกระบวนการ EIA โครงการ วัน ออริจิ้น สุขมวิท 79 (One Origin Sukhumvit 79) (1)</t>
   </si>
   <si>
     <t>คัดค้าน EIA และการก่อสร้าง โครงการ บ.แสนสิริฯ  ซ.เจริญนคร 29/2</t>
   </si>
   <si>
     <t>บางลำภูล่าง</t>
   </si>
   <si>
     <t>ขอความอนุคราะห์ตรวจสอบข้อเท็จจริงกรณีการจัดทำพื้นที่สีเขียวเพื่อเป็นแนวกันชน (Buffer Zone) รุกล้ำทางสาธารณะ และการปฏิบัติไม่เป็นไปตามรายงานการประเมินผลกระทบสิ่งแวดล้อม (EIA)</t>
   </si>
   <si>
     <t>คัดค้านการกระทำที่ไม่ชอบด้วยกฎหมาย</t>
   </si>
   <si>
     <t>ร้องเรียนการจัดทำ EIA ของอาคารชุด นิว คอนเน็กซ์ คอนโด ดอนเมือง</t>
@@ -2540,96 +2738,90 @@
   <si>
     <t>ขอหารือ ความแตกต่างการประชุมมีส่วนร่วมของประชาชน ครั้งที่ 1 และ ครั้งที่ 2</t>
   </si>
   <si>
     <t>ข้อบังคับ EIA โครงการโรงแรม RTWO ครั้งที่ 3 ของบริษัท ไอซีเอส จำกัด</t>
   </si>
   <si>
     <t>ขอให้ดำเนินการตรวจสอบข้อเท็จจริงทางกายภาพที่ปรากฏที่ไม่สอดคล้องกับรายงานการปฎิบัติตามมาตรการผลกระทบสิ่งแวดล้อมและมาตรการติดตามตรวจสอบคุณภาพสิ่งแวดล้อม</t>
   </si>
   <si>
     <t>ขอชี้แจงโต้แย้งไม่เห็นฟ้องด้วยกับการตอบข้อร้องเรียนของสถาบันพัฒนาองค์กรชุมชน (องค์กรมหาชน) พร้อมทั้งขอทราบผลการพิจารณาขอให้ตรวจสอบสถาบันองค์กรพัฒนาชุมชน (องค์การมหาชน) ในการจัดทำโครงการบ้านมั่นคงริมคลองเปรมประชากร</t>
   </si>
   <si>
     <t>คัดค้านการจัดทำรายงานการประเมินผลกระทบสิ่งแวดล้อม (EIA) โครงการบุญมิตรสีลม</t>
   </si>
   <si>
     <t>ให้ดำเนินการแก้ไขประกาศกำหนดพื้นที่และมาตรการควบคุมสิ่งแวดล้อมที่มีความทับซ้อนกับระเบียบของกรมโยธาธิการและผังเมือง</t>
   </si>
   <si>
     <t>ขอให้ตรวจสอบการจัดทำรายงานการประเมินผลกระทบสิ่งแวดล้อมโครงการท่าเทียบเรือแพนด์นครหลวงซึ่งดำเนินการดดยบริษัททีแอลทีคอนซัลแตนส์ จำกัด</t>
   </si>
   <si>
     <t>ขอให้เพิกถอนโครงการเพิ่มปริมาณน้ำต้นทุนเขื่อนภูมิพล แนวส่งน้ำยวม-อ่างเก็บน้ำเขือนภูมิพล ขอให้เพิกถอนรายงานการประเมินผลกระทบสิ่งแวดล้อม โครงการเพิ่มประมาณน้ำต้นทุนเขื่อนภูมิพลแนวส่งน้ำยวม-อ่างเก็บน้ำเขื่อนภูมิพล และขอให้ยุติการดำเนินการทุกโครงการที่เกี่ยวข้อง</t>
   </si>
   <si>
-    <t>แม่ฮ่องสอน</t>
-[...1 lines deleted...]
-  <si>
     <t>คัดค้านแบบก่อสร้าง และพิจารณาลดจำนวนชั้นโครงการ นาวว์ เมกา</t>
   </si>
   <si>
     <t>คัดค้านแบบก่อสร้าง พิจารณาลดจำนวนชั้นโครงการนาวว์ เมกาบางนา</t>
   </si>
   <si>
     <t>แนวทางการแสดงความคิดเห็นต่อความเพียงพอของร่างมาตรการป้องกันและแก้ไขผลกระทบสิ่งแวดล้อม โครงการออริจิ้นเพลส พหล 59 สเตชั่น (ORIGIN PLACE PHAHOL 59 STATION)</t>
   </si>
   <si>
     <t>ขอความอนุเคราะห์ตรวจสอบการอนุญาตให้ขุดบ่อดินและขนส่งผ่านทางสาธารณะประโยชน์ในหมู่บ้าน</t>
   </si>
   <si>
     <t>แย้งคำสั่งให้ดำเนินการแก้ไขอาคาร ตามมาตรา 46 วรรคหนึ่ง</t>
   </si>
   <si>
     <t>ขอแสดงข้อห่วงกังวลต่อการสำรวจ EIA ของโครงการนาวว์ ช่วง ก.ค.-ส.ค.2566</t>
   </si>
   <si>
     <t>คัดค้านการอนุมัติ EIA และคัดค้านแบบก่อสร้าง และพิจารณาลดจำนวนชั้นโครงการ นาวว์ เมกา</t>
   </si>
   <si>
     <t>ขอส่งเรื่องร้องเรียนเพื่อเป็นข้อมูลประการพิจารณาดำเนินการ โครงการ ก่อสร้างอาคารชุด ริธึ่ม เจริญนคร ไอคอนิค</t>
   </si>
   <si>
     <t>ผลกระทบรุนแรงต่อที่ดินข้างเคียงโครงการ SKV 61 ซอยสุขุมวิท 61 เขตวัฒนา กทม</t>
   </si>
   <si>
     <t>ขอให้ทบทวนโครงการขยายถนนทางหลวงชนบทหมายเลข 107 อ.แม่แตง-อ.เชียงดาว ตอนแม่ละลาย-บ้านหัวโท</t>
   </si>
   <si>
     <t>ได้รับความเดือดร้อน จากหมู่บ้านแกรนด์ดิโอ สาทร (บริษัท เฟสเซอรส พร็อพเพอร์ตี้โฮม (ประเทศไทย)</t>
   </si>
   <si>
     <t>ร้องเรียนเกี่ยวกับการพัฒนาโครงการ โค้บบ์ เกษตร-ศรีปทุม ของบริษัท เอสซีแอสเสท คอร์ปอเรชั่น จำกัด</t>
   </si>
   <si>
     <t>ขอความอนุเคราะห์ขอสิทธิ์ที่ดินและสัมปทานเหมือง</t>
   </si>
   <si>
     <t>การคัดค้านโครงการ เรสซิเดนส์ แอท ราชดำริ</t>
-  </si>
-[...1 lines deleted...]
-    <t>ขอให้พิจารณาบทบทวนโครงการเพิ่มประมาณน้ำต้นทุนให้เขื่อนภูมิพล แนวส่งน้ำยวม-เงา- เมย-สาละวิน</t>
   </si>
   <si>
     <t>ขอชี้แจงข้อเท็จจริงและส่งเอกสารหลักฐานเพื่อประกอบการพิจารณาเรื่องร้องเรียน</t>
   </si>
   <si>
     <t>คัดค้านการเห็นชอบรายงานการประเมินผลกระทบสิ่งแวดล้อมโครงการ นาวว์ เมกา (Noww Mega)</t>
   </si>
   <si>
     <t>ขอร้องเรียน คัดค้านและขอให้ตรวจสอบการขอประทานบัตรเหมืองแร่</t>
   </si>
   <si>
     <t>ร้องเรียนการก่อสร้างอาคารโครงการ RB TOWER หรือ โครงการ CLOUD 11 ทำให้อาคาร CENTRIC SCENE SUKHUMVIT 64 ได้รับความเสียหายเกิดรอยแตกร้าว,ปัญหาฝุ่นละออง,ปัญหาการจราจร และรถติดจำนวนมาก แต่ไม่รับผิดชอบต่อความเสียหาย</t>
   </si>
   <si>
     <t>ขอให้ระงับและทบทวนโครงการขยายถนนบนถนนทางหลวงหมายเลข 107 อ.แม่แตง - อ.เชียงดาว ตอน บ.แม่ทะลาย - บ.หัวโท</t>
   </si>
   <si>
     <t>ขอให้เพิ่มมาตรและชะลอการเปิดอาคาร โครงการบริหารสุขภาพและบริหารสาธารณสุขพร้อมที่จอดรถของคณะแพทยศาสตร์มหาวิทยาลัยเชียงใหม่</t>
   </si>
   <si>
     <t>ขอให้ยุติโครงการเตาปฏิกรณ์นิวเคลียร์วิจัยฯ ที่อำเภอองครักษ์ จ.นครนายก</t>
   </si>
   <si>
     <t>คัดค้านโครงการก่อสร้างโรงงานผลิตน้ำตาลและโรงไฟฟ้าชีวมวลของบริษัท สมานฉันท์กรับใหญ่ จำกัด</t>
   </si>
@@ -3182,13369 +3374,14412 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G807"/>
+  <dimension ref="A1:G865"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
         <v>7</v>
       </c>
       <c r="B2" t="s">
         <v>8</v>
       </c>
       <c r="F2">
-        <v>16.4189807</v>
+        <v>12.6833115</v>
       </c>
       <c r="G2">
-        <v>101.1550926</v>
+        <v>101.2374295</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="B3" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="F3">
-        <v>16.4429516</v>
+        <v>12.6833115</v>
       </c>
       <c r="G3">
-        <v>100.3482329</v>
+        <v>101.2374295</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="F4">
         <v>13.7278956</v>
       </c>
       <c r="G4">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
-      <c r="C5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F5">
         <v>13.3611431</v>
       </c>
       <c r="G5">
         <v>100.9846717</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="B6" t="s">
-        <v>17</v>
-[...5 lines deleted...]
-        <v>24110</v>
+        <v>13</v>
       </c>
       <c r="F6">
-        <v>13.6904194</v>
+        <v>13.3611431</v>
       </c>
       <c r="G6">
-        <v>101.0779596</v>
+        <v>100.9846717</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="B7" t="s">
-        <v>20</v>
-[...8 lines deleted...]
-        <v>83110</v>
+        <v>11</v>
       </c>
       <c r="F7">
-        <v>7.9810496</v>
+        <v>13.7278956</v>
       </c>
       <c r="G7">
-        <v>98.3638824</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="B8" t="s">
         <v>11</v>
       </c>
       <c r="C8" t="s">
-        <v>24</v>
+        <v>17</v>
+      </c>
+      <c r="D8" t="s">
+        <v>18</v>
       </c>
       <c r="E8">
-        <v>10260</v>
+        <v>10500</v>
       </c>
       <c r="F8">
         <v>13.7278956</v>
       </c>
       <c r="G8">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="B9" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="C9" t="s">
-        <v>27</v>
+        <v>21</v>
+      </c>
+      <c r="D9" t="s">
+        <v>22</v>
       </c>
       <c r="E9">
-        <v>11000</v>
+        <v>10130</v>
       </c>
       <c r="F9">
-        <v>13.8621125</v>
+        <v>13.5990961</v>
       </c>
       <c r="G9">
-        <v>100.5143528</v>
+        <v>100.5998319</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>11</v>
       </c>
       <c r="C10" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="E10">
-        <v>10120</v>
+        <v>10300</v>
       </c>
       <c r="F10">
         <v>13.7278956</v>
       </c>
       <c r="G10">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>31</v>
+        <v>25</v>
       </c>
       <c r="B11" t="s">
+        <v>11</v>
+      </c>
+      <c r="C11" t="s">
         <v>26</v>
       </c>
-      <c r="C11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D11" t="s">
-        <v>33</v>
+        <v>27</v>
       </c>
       <c r="E11">
-        <v>11120</v>
+        <v>10250</v>
       </c>
       <c r="F11">
-        <v>13.8621125</v>
+        <v>13.7278956</v>
       </c>
       <c r="G11">
-        <v>100.5143528</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
       <c r="B12" t="s">
-        <v>13</v>
+        <v>11</v>
+      </c>
+      <c r="C12" t="s">
+        <v>29</v>
+      </c>
+      <c r="D12" t="s">
+        <v>30</v>
+      </c>
+      <c r="E12">
+        <v>10900</v>
       </c>
       <c r="F12">
-        <v>13.3611431</v>
+        <v>13.7278956</v>
       </c>
       <c r="G12">
-        <v>100.9846717</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="B13" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
       <c r="C13" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="D13" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="E13">
-        <v>10500</v>
+        <v>50000</v>
       </c>
       <c r="F13">
-        <v>13.7278956</v>
+        <v>18.7877477</v>
       </c>
       <c r="G13">
-        <v>100.5241235</v>
+        <v>98.9931311</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="B14" t="s">
-        <v>39</v>
+        <v>11</v>
+      </c>
+      <c r="C14" t="s">
+        <v>36</v>
+      </c>
+      <c r="D14" t="s">
+        <v>37</v>
+      </c>
+      <c r="E14">
+        <v>10120</v>
       </c>
       <c r="F14">
-        <v>14.9930017</v>
+        <v>13.7278956</v>
       </c>
       <c r="G14">
-        <v>103.1029191</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="B15" t="s">
-        <v>41</v>
-[...8 lines deleted...]
-        <v>50230</v>
+        <v>11</v>
       </c>
       <c r="F15">
-        <v>18.6671181</v>
+        <v>13.7278956</v>
       </c>
       <c r="G15">
-        <v>98.9098776</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="B16" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="C16" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D16" t="s">
-        <v>22</v>
+        <v>37</v>
       </c>
       <c r="E16">
-        <v>83110</v>
+        <v>10120</v>
       </c>
       <c r="F16">
-        <v>7.9810496</v>
+        <v>13.7278956</v>
       </c>
       <c r="G16">
-        <v>98.3638824</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="B17" t="s">
         <v>11</v>
-      </c>
-[...7 lines deleted...]
-        <v>10500</v>
       </c>
       <c r="F17">
         <v>13.7278956</v>
       </c>
       <c r="G17">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="B18" t="s">
-        <v>46</v>
-[...8 lines deleted...]
-        <v>52150</v>
+        <v>11</v>
       </c>
       <c r="F18">
-        <v>18.2888404</v>
+        <v>13.7278956</v>
       </c>
       <c r="G18">
-        <v>99.490874</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="B19" t="s">
         <v>11</v>
       </c>
       <c r="C19" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="D19" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="E19">
         <v>10120</v>
       </c>
       <c r="F19">
         <v>13.7278956</v>
       </c>
       <c r="G19">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="B20" t="s">
-        <v>13</v>
-[...8 lines deleted...]
-        <v>20150</v>
+        <v>44</v>
       </c>
       <c r="F20">
-        <v>13.3611431</v>
+        <v>14.9798997</v>
       </c>
       <c r="G20">
-        <v>100.9846717</v>
+        <v>102.0977693</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="B21" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="F21">
-        <v>7.9810496</v>
+        <v>13.7278956</v>
       </c>
       <c r="G21">
-        <v>98.3638824</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>54</v>
+        <v>46</v>
       </c>
       <c r="B22" t="s">
         <v>20</v>
       </c>
       <c r="F22">
-        <v>7.9810496</v>
+        <v>13.5990961</v>
       </c>
       <c r="G22">
-        <v>98.3638824</v>
+        <v>100.5998319</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>55</v>
+        <v>47</v>
       </c>
       <c r="B23" t="s">
-        <v>13</v>
-[...8 lines deleted...]
-        <v>20140</v>
+        <v>48</v>
       </c>
       <c r="F23">
-        <v>13.3611431</v>
+        <v>15.8068173</v>
       </c>
       <c r="G23">
-        <v>100.9846717</v>
+        <v>102.0315027</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="B24" t="s">
-        <v>11</v>
-[...8 lines deleted...]
-        <v>10260</v>
+        <v>50</v>
       </c>
       <c r="F24">
-        <v>13.7278956</v>
+        <v>13.8199206</v>
       </c>
       <c r="G24">
-        <v>100.5241235</v>
+        <v>100.0621676</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>59</v>
+        <v>51</v>
       </c>
       <c r="B25" t="s">
-        <v>60</v>
-[...8 lines deleted...]
-        <v>82130</v>
+        <v>52</v>
       </c>
       <c r="F25">
-        <v>8.4407456</v>
+        <v>9.1382389</v>
       </c>
       <c r="G25">
-        <v>98.5193032</v>
+        <v>99.3217483</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>63</v>
+        <v>53</v>
       </c>
       <c r="B26" t="s">
-        <v>11</v>
-[...8 lines deleted...]
-        <v>10330</v>
+        <v>54</v>
       </c>
       <c r="F26">
-        <v>13.7278956</v>
+        <v>13.824038</v>
       </c>
       <c r="G26">
-        <v>100.5241235</v>
+        <v>102.0645839</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>66</v>
+        <v>55</v>
       </c>
       <c r="B27" t="s">
         <v>11</v>
       </c>
       <c r="F27">
         <v>13.7278956</v>
       </c>
       <c r="G27">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>67</v>
+        <v>35</v>
       </c>
       <c r="B28" t="s">
         <v>11</v>
       </c>
+      <c r="C28" t="s">
+        <v>36</v>
+      </c>
+      <c r="D28" t="s">
+        <v>37</v>
+      </c>
+      <c r="E28">
+        <v>10120</v>
+      </c>
       <c r="F28">
-        <v>13.7278956</v>
+        <v>13.709647</v>
       </c>
       <c r="G28">
-        <v>100.5241235</v>
+        <v>100.511736</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>68</v>
+        <v>56</v>
       </c>
       <c r="B29" t="s">
-        <v>69</v>
+        <v>11</v>
       </c>
       <c r="F29">
-        <v>14.882905</v>
+        <v>13.7278956</v>
       </c>
       <c r="G29">
-        <v>103.4937107</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>70</v>
+        <v>57</v>
       </c>
       <c r="B30" t="s">
-        <v>11</v>
+        <v>58</v>
       </c>
       <c r="F30">
-        <v>13.7278956</v>
+        <v>13.4098217</v>
       </c>
       <c r="G30">
-        <v>100.5241235</v>
+        <v>100.0022645</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>71</v>
+        <v>59</v>
       </c>
       <c r="B31" t="s">
-        <v>11</v>
+        <v>60</v>
       </c>
       <c r="F31">
-        <v>13.7278956</v>
+        <v>19.2990643</v>
       </c>
       <c r="G31">
-        <v>100.5241235</v>
+        <v>97.9656226</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>72</v>
+        <v>61</v>
       </c>
       <c r="B32" t="s">
-        <v>11</v>
+        <v>62</v>
       </c>
       <c r="F32">
-        <v>13.7278956</v>
+        <v>13.8621125</v>
       </c>
       <c r="G32">
-        <v>100.5241235</v>
+        <v>100.5143528</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>73</v>
+        <v>63</v>
       </c>
       <c r="B33" t="s">
-        <v>69</v>
+        <v>60</v>
       </c>
       <c r="F33">
-        <v>14.882905</v>
+        <v>19.2990643</v>
       </c>
       <c r="G33">
-        <v>103.4937107</v>
+        <v>97.9656226</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>74</v>
+        <v>64</v>
       </c>
       <c r="B34" t="s">
-        <v>20</v>
+        <v>65</v>
       </c>
       <c r="F34">
-        <v>7.9810496</v>
+        <v>14.882905</v>
       </c>
       <c r="G34">
-        <v>98.3638824</v>
+        <v>103.4937107</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>75</v>
+        <v>45</v>
       </c>
       <c r="B35" t="s">
-        <v>69</v>
+        <v>11</v>
       </c>
       <c r="F35">
-        <v>14.882905</v>
+        <v>13.7278956</v>
       </c>
       <c r="G35">
-        <v>103.4937107</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>76</v>
+        <v>66</v>
       </c>
       <c r="B36" t="s">
-        <v>11</v>
-[...8 lines deleted...]
-        <v>10240</v>
+        <v>13</v>
       </c>
       <c r="F36">
-        <v>13.752016</v>
+        <v>13.3611431</v>
       </c>
       <c r="G36">
-        <v>100.6413</v>
+        <v>100.9846717</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>79</v>
+        <v>67</v>
       </c>
       <c r="B37" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="C37" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D37" t="s">
-        <v>22</v>
+        <v>37</v>
       </c>
       <c r="E37">
-        <v>83110</v>
+        <v>10120</v>
       </c>
       <c r="F37">
-        <v>7.9810496</v>
+        <v>13.7278956</v>
       </c>
       <c r="G37">
-        <v>98.3638824</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>80</v>
+        <v>68</v>
       </c>
       <c r="B38" t="s">
-        <v>81</v>
+        <v>11</v>
+      </c>
+      <c r="C38" t="s">
+        <v>36</v>
+      </c>
+      <c r="D38" t="s">
+        <v>37</v>
+      </c>
+      <c r="E38">
+        <v>10120</v>
       </c>
       <c r="F38">
-        <v>15.6930072</v>
+        <v>13.7278956</v>
       </c>
       <c r="G38">
-        <v>100.1225595</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>82</v>
+        <v>69</v>
       </c>
       <c r="B39" t="s">
         <v>11</v>
+      </c>
+      <c r="C39" t="s">
+        <v>36</v>
+      </c>
+      <c r="D39" t="s">
+        <v>37</v>
+      </c>
+      <c r="E39">
+        <v>10120</v>
       </c>
       <c r="F39">
         <v>13.7278956</v>
       </c>
       <c r="G39">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>83</v>
+        <v>70</v>
       </c>
       <c r="B40" t="s">
         <v>11</v>
       </c>
       <c r="C40" t="s">
-        <v>84</v>
+        <v>36</v>
       </c>
       <c r="D40" t="s">
-        <v>85</v>
+        <v>37</v>
       </c>
       <c r="E40">
-        <v>10400</v>
+        <v>10120</v>
       </c>
       <c r="F40">
         <v>13.7278956</v>
       </c>
       <c r="G40">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>86</v>
+        <v>71</v>
       </c>
       <c r="B41" t="s">
         <v>11</v>
       </c>
       <c r="C41" t="s">
-        <v>87</v>
+        <v>72</v>
       </c>
       <c r="D41" t="s">
-        <v>88</v>
+        <v>73</v>
       </c>
       <c r="E41">
-        <v>10150</v>
+        <v>10110</v>
       </c>
       <c r="F41">
         <v>13.7278956</v>
       </c>
       <c r="G41">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>89</v>
+        <v>74</v>
       </c>
       <c r="B42" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="C42" t="s">
-        <v>21</v>
+        <v>36</v>
+      </c>
+      <c r="D42" t="s">
+        <v>37</v>
       </c>
       <c r="E42">
-        <v>83110</v>
+        <v>10120</v>
       </c>
       <c r="F42">
-        <v>7.9810496</v>
+        <v>13.7278956</v>
       </c>
       <c r="G42">
-        <v>98.3638824</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>90</v>
+        <v>75</v>
       </c>
       <c r="B43" t="s">
-        <v>9</v>
-[...5 lines deleted...]
-        <v>66150</v>
+        <v>11</v>
       </c>
       <c r="F43">
-        <v>16.4429516</v>
+        <v>13.7278956</v>
       </c>
       <c r="G43">
-        <v>100.3482329</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>92</v>
+        <v>76</v>
       </c>
       <c r="B44" t="s">
-        <v>20</v>
-[...5 lines deleted...]
-        <v>83110</v>
+        <v>11</v>
       </c>
       <c r="F44">
-        <v>7.9810496</v>
+        <v>13.7278956</v>
       </c>
       <c r="G44">
-        <v>98.3638824</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>93</v>
+        <v>77</v>
       </c>
       <c r="B45" t="s">
-        <v>94</v>
+        <v>11</v>
       </c>
       <c r="C45" t="s">
-        <v>95</v>
+        <v>72</v>
+      </c>
+      <c r="D45" t="s">
+        <v>78</v>
       </c>
       <c r="E45">
-        <v>21130</v>
+        <v>10110</v>
       </c>
       <c r="F45">
-        <v>12.6833115</v>
+        <v>13.71088</v>
       </c>
       <c r="G45">
-        <v>101.2374295</v>
+        <v>100.58919</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>96</v>
+        <v>79</v>
       </c>
       <c r="B46" t="s">
-        <v>69</v>
-[...5 lines deleted...]
-        <v>32150</v>
+        <v>20</v>
       </c>
       <c r="F46">
-        <v>14.882905</v>
+        <v>13.5990961</v>
       </c>
       <c r="G46">
-        <v>103.4937107</v>
+        <v>100.5998319</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>98</v>
+        <v>80</v>
       </c>
       <c r="B47" t="s">
         <v>11</v>
       </c>
       <c r="C47" t="s">
-        <v>99</v>
+        <v>17</v>
+      </c>
+      <c r="D47" t="s">
+        <v>18</v>
       </c>
       <c r="E47">
-        <v>10110</v>
+        <v>10500</v>
       </c>
       <c r="F47">
         <v>13.7278956</v>
       </c>
       <c r="G47">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>100</v>
+        <v>81</v>
       </c>
       <c r="B48" t="s">
         <v>11</v>
-      </c>
-[...4 lines deleted...]
-        <v>10900</v>
       </c>
       <c r="F48">
         <v>13.7278956</v>
       </c>
       <c r="G48">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>102</v>
+        <v>82</v>
       </c>
       <c r="B49" t="s">
-        <v>103</v>
-[...5 lines deleted...]
-        <v>10540</v>
+        <v>20</v>
       </c>
       <c r="F49">
         <v>13.5990961</v>
       </c>
       <c r="G49">
         <v>100.5998319</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>93</v>
+        <v>83</v>
       </c>
       <c r="B50" t="s">
-        <v>105</v>
+        <v>11</v>
       </c>
       <c r="C50" t="s">
-        <v>106</v>
+        <v>84</v>
+      </c>
+      <c r="D50" t="s">
+        <v>85</v>
       </c>
       <c r="E50">
-        <v>30210</v>
+        <v>10240</v>
       </c>
       <c r="F50">
-        <v>14.9798997</v>
+        <v>13.7278956</v>
       </c>
       <c r="G50">
-        <v>102.0977693</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>107</v>
+        <v>86</v>
       </c>
       <c r="B51" t="s">
         <v>11</v>
-      </c>
-[...4 lines deleted...]
-        <v>10110</v>
       </c>
       <c r="F51">
         <v>13.7278956</v>
       </c>
       <c r="G51">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>109</v>
+        <v>87</v>
       </c>
       <c r="B52" t="s">
-        <v>11</v>
+        <v>88</v>
+      </c>
+      <c r="C52" t="s">
+        <v>89</v>
+      </c>
+      <c r="D52" t="s">
+        <v>90</v>
+      </c>
+      <c r="E52">
+        <v>62000</v>
       </c>
       <c r="F52">
-        <v>13.7278956</v>
+        <v>16.4827798</v>
       </c>
       <c r="G52">
-        <v>100.5241235</v>
+        <v>99.5226618</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>110</v>
+        <v>91</v>
       </c>
       <c r="B53" t="s">
         <v>11</v>
+      </c>
+      <c r="C53" t="s">
+        <v>36</v>
+      </c>
+      <c r="D53" t="s">
+        <v>37</v>
+      </c>
+      <c r="E53">
+        <v>10120</v>
       </c>
       <c r="F53">
         <v>13.7278956</v>
       </c>
       <c r="G53">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>111</v>
+        <v>92</v>
       </c>
       <c r="B54" t="s">
-        <v>11</v>
+        <v>93</v>
       </c>
       <c r="C54" t="s">
-        <v>57</v>
+        <v>94</v>
+      </c>
+      <c r="D54" t="s">
+        <v>95</v>
       </c>
       <c r="E54">
-        <v>10260</v>
+        <v>83110</v>
       </c>
       <c r="F54">
-        <v>13.7278956</v>
+        <v>7.9810496</v>
       </c>
       <c r="G54">
-        <v>100.5241235</v>
+        <v>98.3638824</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>112</v>
+        <v>96</v>
       </c>
       <c r="B55" t="s">
-        <v>26</v>
+        <v>11</v>
+      </c>
+      <c r="C55" t="s">
+        <v>72</v>
+      </c>
+      <c r="D55" t="s">
+        <v>97</v>
+      </c>
+      <c r="E55">
+        <v>10110</v>
       </c>
       <c r="F55">
-        <v>13.8621125</v>
+        <v>13.7278956</v>
       </c>
       <c r="G55">
-        <v>100.5143528</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>113</v>
+        <v>98</v>
       </c>
       <c r="B56" t="s">
-        <v>94</v>
+        <v>62</v>
       </c>
       <c r="C56" t="s">
-        <v>114</v>
+        <v>99</v>
+      </c>
+      <c r="D56" t="s">
+        <v>100</v>
       </c>
       <c r="E56">
-        <v>21120</v>
+        <v>11000</v>
       </c>
       <c r="F56">
-        <v>12.6833115</v>
+        <v>13.8621125</v>
       </c>
       <c r="G56">
-        <v>101.2374295</v>
+        <v>100.5143528</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>115</v>
+        <v>101</v>
       </c>
       <c r="B57" t="s">
-        <v>116</v>
+        <v>11</v>
+      </c>
+      <c r="C57" t="s">
+        <v>36</v>
+      </c>
+      <c r="D57" t="s">
+        <v>37</v>
+      </c>
+      <c r="E57">
+        <v>10120</v>
       </c>
       <c r="F57">
-        <v>18.7756318</v>
+        <v>13.7278956</v>
       </c>
       <c r="G57">
-        <v>100.7730417</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>117</v>
+        <v>102</v>
       </c>
       <c r="B58" t="s">
-        <v>105</v>
-[...5 lines deleted...]
-        <v>30130</v>
+        <v>93</v>
       </c>
       <c r="F58">
-        <v>14.9798997</v>
+        <v>7.9810496</v>
       </c>
       <c r="G58">
-        <v>102.0977693</v>
+        <v>98.3638824</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>119</v>
+        <v>103</v>
       </c>
       <c r="B59" t="s">
-        <v>81</v>
+        <v>13</v>
+      </c>
+      <c r="C59" t="s">
+        <v>104</v>
+      </c>
+      <c r="D59" t="s">
+        <v>105</v>
+      </c>
+      <c r="E59">
+        <v>20150</v>
       </c>
       <c r="F59">
-        <v>15.6930072</v>
+        <v>13.3611431</v>
       </c>
       <c r="G59">
-        <v>100.1225595</v>
+        <v>100.9846717</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>120</v>
+        <v>106</v>
       </c>
       <c r="B60" t="s">
-        <v>121</v>
-[...5 lines deleted...]
-        <v>26000</v>
+        <v>13</v>
       </c>
       <c r="F60">
-        <v>14.2069466</v>
+        <v>13.3611431</v>
       </c>
       <c r="G60">
-        <v>101.2130511</v>
+        <v>100.9846717</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>123</v>
+        <v>107</v>
       </c>
       <c r="B61" t="s">
-        <v>41</v>
-[...5 lines deleted...]
-        <v>50000</v>
+        <v>108</v>
       </c>
       <c r="F61">
-        <v>18.7877477</v>
+        <v>16.4429516</v>
       </c>
       <c r="G61">
-        <v>98.9931311</v>
+        <v>100.3482329</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>125</v>
+        <v>109</v>
       </c>
       <c r="B62" t="s">
-        <v>126</v>
-[...5 lines deleted...]
-        <v>72180</v>
+        <v>11</v>
       </c>
       <c r="F62">
-        <v>14.4744892</v>
+        <v>13.7278956</v>
       </c>
       <c r="G62">
-        <v>100.1177128</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>128</v>
+        <v>110</v>
       </c>
       <c r="B63" t="s">
-        <v>103</v>
+        <v>13</v>
       </c>
       <c r="C63" t="s">
-        <v>104</v>
+        <v>111</v>
+      </c>
+      <c r="D63" t="s">
+        <v>112</v>
       </c>
       <c r="E63">
-        <v>10540</v>
+        <v>20140</v>
       </c>
       <c r="F63">
-        <v>13.5990961</v>
+        <v>13.3611431</v>
       </c>
       <c r="G63">
-        <v>100.5998319</v>
+        <v>100.9846717</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>129</v>
+        <v>113</v>
       </c>
       <c r="B64" t="s">
-        <v>103</v>
+        <v>114</v>
       </c>
       <c r="C64" t="s">
-        <v>104</v>
+        <v>115</v>
       </c>
       <c r="E64">
-        <v>10540</v>
+        <v>24110</v>
       </c>
       <c r="F64">
-        <v>13.5990961</v>
+        <v>13.6904194</v>
       </c>
       <c r="G64">
-        <v>100.5998319</v>
+        <v>101.0779596</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>130</v>
+        <v>116</v>
       </c>
       <c r="B65" t="s">
-        <v>26</v>
+        <v>93</v>
       </c>
       <c r="C65" t="s">
-        <v>27</v>
+        <v>94</v>
+      </c>
+      <c r="D65" t="s">
+        <v>95</v>
       </c>
       <c r="E65">
-        <v>11000</v>
+        <v>83110</v>
       </c>
       <c r="F65">
-        <v>13.8621125</v>
+        <v>7.9810496</v>
       </c>
       <c r="G65">
-        <v>100.5143528</v>
+        <v>98.3638824</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>131</v>
+        <v>117</v>
       </c>
       <c r="B66" t="s">
         <v>11</v>
       </c>
       <c r="C66" t="s">
-        <v>57</v>
+        <v>118</v>
       </c>
       <c r="E66">
         <v>10260</v>
       </c>
       <c r="F66">
         <v>13.7278956</v>
       </c>
       <c r="G66">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>132</v>
+        <v>119</v>
       </c>
       <c r="B67" t="s">
-        <v>103</v>
+        <v>62</v>
       </c>
       <c r="C67" t="s">
-        <v>104</v>
+        <v>99</v>
       </c>
       <c r="E67">
-        <v>10540</v>
+        <v>11000</v>
       </c>
       <c r="F67">
-        <v>13.5990961</v>
+        <v>13.8621125</v>
       </c>
       <c r="G67">
-        <v>100.5998319</v>
+        <v>100.5143528</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>133</v>
+        <v>120</v>
       </c>
       <c r="B68" t="s">
-        <v>103</v>
+        <v>11</v>
       </c>
       <c r="C68" t="s">
-        <v>104</v>
+        <v>36</v>
+      </c>
+      <c r="D68" t="s">
+        <v>37</v>
       </c>
       <c r="E68">
-        <v>10540</v>
+        <v>10120</v>
       </c>
       <c r="F68">
-        <v>13.5990961</v>
+        <v>13.7278956</v>
       </c>
       <c r="G68">
-        <v>100.5998319</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>134</v>
+        <v>121</v>
       </c>
       <c r="B69" t="s">
-        <v>11</v>
+        <v>62</v>
       </c>
       <c r="C69" t="s">
-        <v>135</v>
+        <v>122</v>
+      </c>
+      <c r="D69" t="s">
+        <v>123</v>
       </c>
       <c r="E69">
-        <v>10400</v>
+        <v>11120</v>
       </c>
       <c r="F69">
-        <v>13.7278956</v>
+        <v>13.8621125</v>
       </c>
       <c r="G69">
-        <v>100.5241235</v>
+        <v>100.5143528</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>136</v>
+        <v>124</v>
       </c>
       <c r="B70" t="s">
-        <v>137</v>
-[...5 lines deleted...]
-        <v>40000</v>
+        <v>13</v>
       </c>
       <c r="F70">
-        <v>16.4419355</v>
+        <v>13.3611431</v>
       </c>
       <c r="G70">
-        <v>102.8359921</v>
+        <v>100.9846717</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>139</v>
+        <v>125</v>
       </c>
       <c r="B71" t="s">
         <v>11</v>
+      </c>
+      <c r="C71" t="s">
+        <v>17</v>
+      </c>
+      <c r="D71" t="s">
+        <v>18</v>
+      </c>
+      <c r="E71">
+        <v>10500</v>
       </c>
       <c r="F71">
         <v>13.7278956</v>
       </c>
       <c r="G71">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>140</v>
+        <v>126</v>
       </c>
       <c r="B72" t="s">
-        <v>103</v>
-[...5 lines deleted...]
-        <v>10540</v>
+        <v>127</v>
       </c>
       <c r="F72">
-        <v>13.5990961</v>
+        <v>14.9930017</v>
       </c>
       <c r="G72">
-        <v>100.5998319</v>
+        <v>103.1029191</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>141</v>
+        <v>128</v>
       </c>
       <c r="B73" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
       <c r="C73" t="s">
-        <v>142</v>
+        <v>129</v>
+      </c>
+      <c r="D73" t="s">
+        <v>129</v>
       </c>
       <c r="E73">
-        <v>10120</v>
+        <v>50230</v>
       </c>
       <c r="F73">
-        <v>13.7278956</v>
+        <v>18.6671181</v>
       </c>
       <c r="G73">
-        <v>100.5241235</v>
+        <v>98.9098776</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
+        <v>130</v>
+      </c>
+      <c r="B74" t="s">
         <v>93</v>
       </c>
-      <c r="B74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C74" t="s">
-        <v>143</v>
+        <v>94</v>
+      </c>
+      <c r="D74" t="s">
+        <v>95</v>
       </c>
       <c r="E74">
-        <v>52220</v>
+        <v>83110</v>
       </c>
       <c r="F74">
-        <v>18.2888404</v>
+        <v>7.9810496</v>
       </c>
       <c r="G74">
-        <v>99.490874</v>
+        <v>98.3638824</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>144</v>
+        <v>131</v>
       </c>
       <c r="B75" t="s">
         <v>11</v>
       </c>
       <c r="C75" t="s">
-        <v>108</v>
+        <v>17</v>
+      </c>
+      <c r="D75" t="s">
+        <v>18</v>
       </c>
       <c r="E75">
-        <v>10110</v>
+        <v>10500</v>
       </c>
       <c r="F75">
         <v>13.7278956</v>
       </c>
       <c r="G75">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>145</v>
+        <v>132</v>
       </c>
       <c r="B76" t="s">
-        <v>103</v>
+        <v>133</v>
       </c>
       <c r="C76" t="s">
-        <v>104</v>
+        <v>134</v>
+      </c>
+      <c r="D76" t="s">
+        <v>135</v>
       </c>
       <c r="E76">
-        <v>10540</v>
+        <v>52150</v>
       </c>
       <c r="F76">
-        <v>13.5990961</v>
+        <v>18.2888404</v>
       </c>
       <c r="G76">
-        <v>100.5998319</v>
+        <v>99.490874</v>
       </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>146</v>
+        <v>136</v>
       </c>
       <c r="B77" t="s">
-        <v>103</v>
+        <v>11</v>
       </c>
       <c r="C77" t="s">
-        <v>104</v>
+        <v>36</v>
+      </c>
+      <c r="D77" t="s">
+        <v>37</v>
       </c>
       <c r="E77">
-        <v>10540</v>
+        <v>10120</v>
       </c>
       <c r="F77">
-        <v>13.5990961</v>
+        <v>13.7278956</v>
       </c>
       <c r="G77">
-        <v>100.5998319</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
-        <v>147</v>
+        <v>137</v>
       </c>
       <c r="B78" t="s">
+        <v>13</v>
+      </c>
+      <c r="C78" t="s">
+        <v>104</v>
+      </c>
+      <c r="D78" t="s">
         <v>105</v>
       </c>
-      <c r="C78" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E78">
-        <v>30130</v>
+        <v>20150</v>
       </c>
       <c r="F78">
-        <v>14.9798997</v>
+        <v>13.3611431</v>
       </c>
       <c r="G78">
-        <v>102.0977693</v>
+        <v>100.9846717</v>
       </c>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
-        <v>148</v>
+        <v>138</v>
       </c>
       <c r="B79" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-        <v>10110</v>
+        <v>93</v>
       </c>
       <c r="F79">
-        <v>13.7278956</v>
+        <v>7.9810496</v>
       </c>
       <c r="G79">
-        <v>100.5241235</v>
+        <v>98.3638824</v>
       </c>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
-        <v>149</v>
+        <v>139</v>
       </c>
       <c r="B80" t="s">
-        <v>103</v>
-[...5 lines deleted...]
-        <v>10540</v>
+        <v>93</v>
       </c>
       <c r="F80">
-        <v>13.5990961</v>
+        <v>7.9810496</v>
       </c>
       <c r="G80">
-        <v>100.5998319</v>
+        <v>98.3638824</v>
       </c>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
-        <v>150</v>
+        <v>140</v>
       </c>
       <c r="B81" t="s">
-        <v>39</v>
+        <v>13</v>
       </c>
       <c r="C81" t="s">
-        <v>151</v>
+        <v>111</v>
       </c>
       <c r="D81" t="s">
-        <v>152</v>
+        <v>112</v>
       </c>
       <c r="E81">
-        <v>31110</v>
+        <v>20140</v>
       </c>
       <c r="F81">
-        <v>14.9930017</v>
+        <v>13.3611431</v>
       </c>
       <c r="G81">
-        <v>103.1029191</v>
+        <v>100.9846717</v>
       </c>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
-        <v>153</v>
+        <v>141</v>
       </c>
       <c r="B82" t="s">
-        <v>105</v>
+        <v>11</v>
       </c>
       <c r="C82" t="s">
-        <v>106</v>
+        <v>142</v>
+      </c>
+      <c r="D82" t="s">
+        <v>143</v>
       </c>
       <c r="E82">
-        <v>30210</v>
+        <v>10260</v>
       </c>
       <c r="F82">
-        <v>14.9798997</v>
+        <v>13.7278956</v>
       </c>
       <c r="G82">
-        <v>102.0977693</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
-        <v>154</v>
+        <v>144</v>
       </c>
       <c r="B83" t="s">
-        <v>105</v>
+        <v>145</v>
       </c>
       <c r="C83" t="s">
-        <v>106</v>
+        <v>146</v>
+      </c>
+      <c r="D83" t="s">
+        <v>147</v>
       </c>
       <c r="E83">
-        <v>30210</v>
+        <v>82130</v>
       </c>
       <c r="F83">
-        <v>14.9798997</v>
+        <v>8.4407456</v>
       </c>
       <c r="G83">
-        <v>102.0977693</v>
+        <v>98.5193032</v>
       </c>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
-        <v>155</v>
+        <v>148</v>
       </c>
       <c r="B84" t="s">
         <v>11</v>
       </c>
       <c r="C84" t="s">
-        <v>156</v>
+        <v>149</v>
+      </c>
+      <c r="D84" t="s">
+        <v>150</v>
       </c>
       <c r="E84">
-        <v>10310</v>
+        <v>10330</v>
       </c>
       <c r="F84">
         <v>13.7278956</v>
       </c>
       <c r="G84">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
-        <v>157</v>
+        <v>151</v>
       </c>
       <c r="B85" t="s">
-        <v>60</v>
+        <v>11</v>
       </c>
       <c r="F85">
-        <v>8.4407456</v>
+        <v>13.7278956</v>
       </c>
       <c r="G85">
-        <v>98.5193032</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
-        <v>158</v>
+        <v>152</v>
       </c>
       <c r="B86" t="s">
         <v>11</v>
-      </c>
-[...4 lines deleted...]
-        <v>10600</v>
       </c>
       <c r="F86">
         <v>13.7278956</v>
       </c>
       <c r="G86">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
-        <v>160</v>
+        <v>153</v>
       </c>
       <c r="B87" t="s">
-        <v>13</v>
-[...5 lines deleted...]
-        <v>20140</v>
+        <v>65</v>
       </c>
       <c r="F87">
-        <v>13.3611431</v>
+        <v>14.882905</v>
       </c>
       <c r="G87">
-        <v>100.9846717</v>
+        <v>103.4937107</v>
       </c>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
-        <v>161</v>
+        <v>154</v>
       </c>
       <c r="B88" t="s">
         <v>11</v>
       </c>
       <c r="F88">
         <v>13.7278956</v>
       </c>
       <c r="G88">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
-        <v>162</v>
+        <v>155</v>
       </c>
       <c r="B89" t="s">
-        <v>163</v>
+        <v>11</v>
       </c>
       <c r="F89">
-        <v>18.1445774</v>
+        <v>13.7278956</v>
       </c>
       <c r="G89">
-        <v>100.1402831</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
-        <v>164</v>
+        <v>156</v>
       </c>
       <c r="B90" t="s">
-        <v>165</v>
-[...5 lines deleted...]
-        <v>42110</v>
+        <v>11</v>
       </c>
       <c r="F90">
-        <v>17.4860232</v>
+        <v>13.7278956</v>
       </c>
       <c r="G90">
-        <v>101.7223002</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
-        <v>167</v>
+        <v>157</v>
       </c>
       <c r="B91" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-        <v>10400</v>
+        <v>65</v>
       </c>
       <c r="F91">
-        <v>13.7278956</v>
+        <v>14.882905</v>
       </c>
       <c r="G91">
-        <v>100.5241235</v>
+        <v>103.4937107</v>
       </c>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
-        <v>168</v>
+        <v>158</v>
       </c>
       <c r="B92" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-        <v>10120</v>
+        <v>93</v>
       </c>
       <c r="F92">
-        <v>13.7278956</v>
+        <v>7.9810496</v>
       </c>
       <c r="G92">
-        <v>100.5241235</v>
+        <v>98.3638824</v>
       </c>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
-        <v>169</v>
+        <v>159</v>
       </c>
       <c r="B93" t="s">
-        <v>11</v>
+        <v>65</v>
       </c>
       <c r="F93">
-        <v>13.7278956</v>
+        <v>14.882905</v>
       </c>
       <c r="G93">
-        <v>100.5241235</v>
+        <v>103.4937107</v>
       </c>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
-        <v>170</v>
+        <v>160</v>
       </c>
       <c r="B94" t="s">
-        <v>103</v>
+        <v>11</v>
       </c>
       <c r="C94" t="s">
-        <v>104</v>
+        <v>84</v>
       </c>
       <c r="D94" t="s">
-        <v>171</v>
+        <v>85</v>
       </c>
       <c r="E94">
-        <v>10540</v>
+        <v>10240</v>
       </c>
       <c r="F94">
-        <v>13.5990961</v>
+        <v>13.752016</v>
       </c>
       <c r="G94">
-        <v>100.5998319</v>
+        <v>100.6413</v>
       </c>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
-        <v>172</v>
+        <v>161</v>
       </c>
       <c r="B95" t="s">
-        <v>137</v>
+        <v>93</v>
       </c>
       <c r="C95" t="s">
-        <v>138</v>
+        <v>94</v>
+      </c>
+      <c r="D95" t="s">
+        <v>95</v>
       </c>
       <c r="E95">
-        <v>40000</v>
+        <v>83110</v>
       </c>
       <c r="F95">
-        <v>16.4419355</v>
+        <v>7.9810496</v>
       </c>
       <c r="G95">
-        <v>102.8359921</v>
+        <v>98.3638824</v>
       </c>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
-        <v>173</v>
+        <v>162</v>
       </c>
       <c r="B96" t="s">
-        <v>137</v>
-[...8 lines deleted...]
-        <v>40000</v>
+        <v>163</v>
       </c>
       <c r="F96">
-        <v>16.4419355</v>
+        <v>15.6930072</v>
       </c>
       <c r="G96">
-        <v>102.8359921</v>
+        <v>100.1225595</v>
       </c>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
-        <v>175</v>
+        <v>164</v>
       </c>
       <c r="B97" t="s">
         <v>11</v>
-      </c>
-[...4 lines deleted...]
-        <v>10260</v>
       </c>
       <c r="F97">
         <v>13.7278956</v>
       </c>
       <c r="G97">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
-        <v>176</v>
+        <v>165</v>
       </c>
       <c r="B98" t="s">
-        <v>177</v>
+        <v>11</v>
+      </c>
+      <c r="C98" t="s">
+        <v>166</v>
+      </c>
+      <c r="D98" t="s">
+        <v>167</v>
+      </c>
+      <c r="E98">
+        <v>10400</v>
       </c>
       <c r="F98">
-        <v>6.4254607</v>
+        <v>13.7278956</v>
       </c>
       <c r="G98">
-        <v>101.8253143</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
-        <v>178</v>
+        <v>168</v>
       </c>
       <c r="B99" t="s">
         <v>11</v>
       </c>
       <c r="C99" t="s">
-        <v>159</v>
+        <v>169</v>
+      </c>
+      <c r="D99" t="s">
+        <v>170</v>
       </c>
       <c r="E99">
-        <v>10600</v>
+        <v>10150</v>
       </c>
       <c r="F99">
         <v>13.7278956</v>
       </c>
       <c r="G99">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
-        <v>179</v>
+        <v>171</v>
       </c>
       <c r="B100" t="s">
-        <v>11</v>
+        <v>93</v>
       </c>
       <c r="C100" t="s">
-        <v>36</v>
+        <v>94</v>
       </c>
       <c r="E100">
-        <v>10500</v>
+        <v>83110</v>
       </c>
       <c r="F100">
-        <v>13.7278956</v>
+        <v>7.9810496</v>
       </c>
       <c r="G100">
-        <v>100.5241235</v>
+        <v>98.3638824</v>
       </c>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
-        <v>180</v>
+        <v>172</v>
       </c>
       <c r="B101" t="s">
-        <v>11</v>
+        <v>108</v>
       </c>
       <c r="C101" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>173</v>
       </c>
       <c r="E101">
-        <v>10500</v>
+        <v>66150</v>
       </c>
       <c r="F101">
-        <v>13.7278956</v>
+        <v>16.4429516</v>
       </c>
       <c r="G101">
-        <v>100.5241235</v>
+        <v>100.3482329</v>
       </c>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
-        <v>181</v>
+        <v>174</v>
       </c>
       <c r="B102" t="s">
-        <v>20</v>
+        <v>93</v>
       </c>
       <c r="C102" t="s">
-        <v>21</v>
+        <v>94</v>
       </c>
       <c r="E102">
         <v>83110</v>
       </c>
       <c r="F102">
         <v>7.9810496</v>
       </c>
       <c r="G102">
         <v>98.3638824</v>
       </c>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
-        <v>182</v>
+        <v>175</v>
       </c>
       <c r="B103" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C103" t="s">
-        <v>183</v>
+        <v>176</v>
       </c>
       <c r="E103">
-        <v>10300</v>
+        <v>21130</v>
       </c>
       <c r="F103">
-        <v>13.7278956</v>
+        <v>12.6833115</v>
       </c>
       <c r="G103">
-        <v>100.5241235</v>
+        <v>101.2374295</v>
       </c>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
-        <v>184</v>
+        <v>177</v>
       </c>
       <c r="B104" t="s">
-        <v>11</v>
+        <v>65</v>
       </c>
       <c r="C104" t="s">
-        <v>108</v>
+        <v>178</v>
       </c>
       <c r="E104">
-        <v>10110</v>
+        <v>32150</v>
       </c>
       <c r="F104">
-        <v>13.7278956</v>
+        <v>14.882905</v>
       </c>
       <c r="G104">
-        <v>100.5241235</v>
+        <v>103.4937107</v>
       </c>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" t="s">
-        <v>185</v>
+        <v>179</v>
       </c>
       <c r="B105" t="s">
         <v>11</v>
       </c>
       <c r="C105" t="s">
-        <v>186</v>
+        <v>72</v>
       </c>
       <c r="E105">
-        <v>10220</v>
+        <v>10110</v>
       </c>
       <c r="F105">
         <v>13.7278956</v>
       </c>
       <c r="G105">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" t="s">
-        <v>187</v>
+        <v>180</v>
       </c>
       <c r="B106" t="s">
-        <v>188</v>
+        <v>11</v>
       </c>
       <c r="C106" t="s">
-        <v>189</v>
+        <v>29</v>
       </c>
       <c r="E106">
-        <v>91160</v>
+        <v>10900</v>
       </c>
       <c r="F106">
-        <v>6.6238158</v>
+        <v>13.7278956</v>
       </c>
       <c r="G106">
-        <v>100.0673744</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" t="s">
-        <v>190</v>
+        <v>181</v>
       </c>
       <c r="B107" t="s">
-        <v>103</v>
+        <v>20</v>
+      </c>
+      <c r="C107" t="s">
+        <v>182</v>
+      </c>
+      <c r="E107">
+        <v>10540</v>
       </c>
       <c r="F107">
         <v>13.5990961</v>
       </c>
       <c r="G107">
         <v>100.5998319</v>
       </c>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" t="s">
-        <v>191</v>
+        <v>175</v>
       </c>
       <c r="B108" t="s">
-        <v>192</v>
+        <v>44</v>
+      </c>
+      <c r="C108" t="s">
+        <v>183</v>
+      </c>
+      <c r="E108">
+        <v>30210</v>
       </c>
       <c r="F108">
-        <v>19.9071656</v>
+        <v>14.9798997</v>
       </c>
       <c r="G108">
-        <v>99.830955</v>
+        <v>102.0977693</v>
       </c>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" t="s">
-        <v>193</v>
+        <v>184</v>
       </c>
       <c r="B109" t="s">
         <v>11</v>
+      </c>
+      <c r="C109" t="s">
+        <v>185</v>
+      </c>
+      <c r="E109">
+        <v>10110</v>
       </c>
       <c r="F109">
         <v>13.7278956</v>
       </c>
       <c r="G109">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" t="s">
-        <v>194</v>
+        <v>186</v>
       </c>
       <c r="B110" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="F110">
-        <v>13.8621125</v>
+        <v>13.7278956</v>
       </c>
       <c r="G110">
-        <v>100.5143528</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" t="s">
-        <v>195</v>
+        <v>187</v>
       </c>
       <c r="B111" t="s">
-        <v>196</v>
-[...8 lines deleted...]
-        <v>73000</v>
+        <v>11</v>
       </c>
       <c r="F111">
-        <v>13.8199206</v>
+        <v>13.7278956</v>
       </c>
       <c r="G111">
-        <v>100.0621676</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" t="s">
-        <v>195</v>
+        <v>188</v>
       </c>
       <c r="B112" t="s">
-        <v>196</v>
+        <v>11</v>
       </c>
       <c r="C112" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-        <v>198</v>
+        <v>142</v>
       </c>
       <c r="E112">
-        <v>73000</v>
+        <v>10260</v>
       </c>
       <c r="F112">
-        <v>13.8199206</v>
+        <v>13.7278956</v>
       </c>
       <c r="G112">
-        <v>100.0621676</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" t="s">
-        <v>199</v>
+        <v>189</v>
       </c>
       <c r="B113" t="s">
-        <v>26</v>
+        <v>62</v>
       </c>
       <c r="F113">
         <v>13.8621125</v>
       </c>
       <c r="G113">
         <v>100.5143528</v>
       </c>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" t="s">
-        <v>200</v>
+        <v>190</v>
       </c>
       <c r="B114" t="s">
-        <v>26</v>
+        <v>8</v>
+      </c>
+      <c r="C114" t="s">
+        <v>191</v>
+      </c>
+      <c r="E114">
+        <v>21120</v>
       </c>
       <c r="F114">
-        <v>13.8621125</v>
+        <v>12.6833115</v>
       </c>
       <c r="G114">
-        <v>100.5143528</v>
+        <v>101.2374295</v>
       </c>
     </row>
     <row r="115" spans="1:7">
       <c r="A115" t="s">
-        <v>201</v>
+        <v>192</v>
       </c>
       <c r="B115" t="s">
-        <v>26</v>
+        <v>193</v>
       </c>
       <c r="F115">
-        <v>13.8621125</v>
+        <v>18.7756318</v>
       </c>
       <c r="G115">
-        <v>100.5143528</v>
+        <v>100.7730417</v>
       </c>
     </row>
     <row r="116" spans="1:7">
       <c r="A116" t="s">
-        <v>202</v>
+        <v>194</v>
       </c>
       <c r="B116" t="s">
-        <v>26</v>
+        <v>44</v>
+      </c>
+      <c r="C116" t="s">
+        <v>195</v>
+      </c>
+      <c r="E116">
+        <v>30130</v>
       </c>
       <c r="F116">
-        <v>13.8621125</v>
+        <v>14.9798997</v>
       </c>
       <c r="G116">
-        <v>100.5143528</v>
+        <v>102.0977693</v>
       </c>
     </row>
     <row r="117" spans="1:7">
       <c r="A117" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B117" t="s">
-        <v>196</v>
-[...8 lines deleted...]
-        <v>73000</v>
+        <v>163</v>
       </c>
       <c r="F117">
-        <v>13.8199206</v>
+        <v>15.6930072</v>
       </c>
       <c r="G117">
-        <v>100.0621676</v>
+        <v>100.1225595</v>
       </c>
     </row>
     <row r="118" spans="1:7">
       <c r="A118" t="s">
-        <v>203</v>
+        <v>197</v>
       </c>
       <c r="B118" t="s">
-        <v>11</v>
+        <v>198</v>
       </c>
       <c r="C118" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-        <v>204</v>
+        <v>199</v>
       </c>
       <c r="E118">
-        <v>10110</v>
+        <v>26000</v>
       </c>
       <c r="F118">
-        <v>13.7278956</v>
+        <v>14.2069466</v>
       </c>
       <c r="G118">
-        <v>100.5241235</v>
+        <v>101.2130511</v>
       </c>
     </row>
     <row r="119" spans="1:7">
       <c r="A119" t="s">
-        <v>205</v>
+        <v>200</v>
       </c>
       <c r="B119" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
       <c r="C119" t="s">
-        <v>186</v>
+        <v>33</v>
       </c>
       <c r="E119">
-        <v>10220</v>
+        <v>50000</v>
       </c>
       <c r="F119">
-        <v>13.7278956</v>
+        <v>18.7877477</v>
       </c>
       <c r="G119">
-        <v>100.5241235</v>
+        <v>98.9931311</v>
       </c>
     </row>
     <row r="120" spans="1:7">
       <c r="A120" t="s">
-        <v>206</v>
+        <v>201</v>
       </c>
       <c r="B120" t="s">
-        <v>11</v>
+        <v>202</v>
       </c>
       <c r="C120" t="s">
-        <v>36</v>
+        <v>203</v>
       </c>
       <c r="E120">
-        <v>10500</v>
+        <v>72180</v>
       </c>
       <c r="F120">
-        <v>13.7278956</v>
+        <v>14.4744892</v>
       </c>
       <c r="G120">
-        <v>100.5241235</v>
+        <v>100.1177128</v>
       </c>
     </row>
     <row r="121" spans="1:7">
       <c r="A121" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="B121" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="C121" t="s">
-        <v>142</v>
+        <v>182</v>
       </c>
       <c r="E121">
-        <v>10120</v>
+        <v>10540</v>
       </c>
       <c r="F121">
-        <v>13.7278956</v>
+        <v>13.5990961</v>
       </c>
       <c r="G121">
-        <v>100.5241235</v>
+        <v>100.5998319</v>
       </c>
     </row>
     <row r="122" spans="1:7">
       <c r="A122" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="B122" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="C122" t="s">
-        <v>186</v>
+        <v>182</v>
       </c>
       <c r="E122">
-        <v>10220</v>
+        <v>10540</v>
       </c>
       <c r="F122">
-        <v>13.7278956</v>
+        <v>13.5990961</v>
       </c>
       <c r="G122">
-        <v>100.5241235</v>
+        <v>100.5998319</v>
       </c>
     </row>
     <row r="123" spans="1:7">
       <c r="A123" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="B123" t="s">
-        <v>11</v>
+        <v>62</v>
       </c>
       <c r="C123" t="s">
-        <v>108</v>
+        <v>99</v>
       </c>
       <c r="E123">
-        <v>10110</v>
+        <v>11000</v>
       </c>
       <c r="F123">
-        <v>13.7278956</v>
+        <v>13.8621125</v>
       </c>
       <c r="G123">
-        <v>100.5241235</v>
+        <v>100.5143528</v>
       </c>
     </row>
     <row r="124" spans="1:7">
       <c r="A124" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="B124" t="s">
-        <v>26</v>
+        <v>11</v>
+      </c>
+      <c r="C124" t="s">
+        <v>142</v>
+      </c>
+      <c r="E124">
+        <v>10260</v>
       </c>
       <c r="F124">
-        <v>13.8621125</v>
+        <v>13.7278956</v>
       </c>
       <c r="G124">
-        <v>100.5143528</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="125" spans="1:7">
       <c r="A125" t="s">
-        <v>195</v>
+        <v>208</v>
       </c>
       <c r="B125" t="s">
-        <v>196</v>
+        <v>20</v>
       </c>
       <c r="C125" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-        <v>198</v>
+        <v>182</v>
       </c>
       <c r="E125">
-        <v>73000</v>
+        <v>10540</v>
       </c>
       <c r="F125">
-        <v>13.8199206</v>
+        <v>13.5990961</v>
       </c>
       <c r="G125">
-        <v>100.0621676</v>
+        <v>100.5998319</v>
       </c>
     </row>
     <row r="126" spans="1:7">
       <c r="A126" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="B126" t="s">
-        <v>196</v>
+        <v>20</v>
       </c>
       <c r="C126" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-        <v>198</v>
+        <v>182</v>
       </c>
       <c r="E126">
-        <v>73000</v>
+        <v>10540</v>
       </c>
       <c r="F126">
-        <v>13.8199206</v>
+        <v>13.5990961</v>
       </c>
       <c r="G126">
-        <v>100.0621676</v>
+        <v>100.5998319</v>
       </c>
     </row>
     <row r="127" spans="1:7">
       <c r="A127" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="B127" t="s">
         <v>11</v>
       </c>
       <c r="C127" t="s">
-        <v>186</v>
+        <v>211</v>
       </c>
       <c r="E127">
-        <v>10220</v>
+        <v>10400</v>
       </c>
       <c r="F127">
         <v>13.7278956</v>
       </c>
       <c r="G127">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="128" spans="1:7">
       <c r="A128" t="s">
+        <v>212</v>
+      </c>
+      <c r="B128" t="s">
         <v>213</v>
       </c>
-      <c r="B128" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C128" t="s">
-        <v>186</v>
+        <v>214</v>
       </c>
       <c r="E128">
-        <v>10220</v>
+        <v>40000</v>
       </c>
       <c r="F128">
-        <v>13.7278956</v>
+        <v>16.4419355</v>
       </c>
       <c r="G128">
-        <v>100.5241235</v>
+        <v>102.8359921</v>
       </c>
     </row>
     <row r="129" spans="1:7">
       <c r="A129" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B129" t="s">
         <v>11</v>
       </c>
       <c r="F129">
         <v>13.7278956</v>
       </c>
       <c r="G129">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="130" spans="1:7">
       <c r="A130" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B130" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="C130" t="s">
-        <v>64</v>
+        <v>182</v>
       </c>
       <c r="E130">
-        <v>10330</v>
+        <v>10540</v>
       </c>
       <c r="F130">
-        <v>13.7278956</v>
+        <v>13.5990961</v>
       </c>
       <c r="G130">
-        <v>100.5241235</v>
+        <v>100.5998319</v>
       </c>
     </row>
     <row r="131" spans="1:7">
       <c r="A131" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="B131" t="s">
         <v>11</v>
+      </c>
+      <c r="C131" t="s">
+        <v>218</v>
+      </c>
+      <c r="E131">
+        <v>10120</v>
       </c>
       <c r="F131">
         <v>13.7278956</v>
       </c>
       <c r="G131">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="132" spans="1:7">
       <c r="A132" t="s">
-        <v>217</v>
+        <v>175</v>
       </c>
       <c r="B132" t="s">
-        <v>11</v>
+        <v>133</v>
+      </c>
+      <c r="C132" t="s">
+        <v>219</v>
+      </c>
+      <c r="E132">
+        <v>52220</v>
       </c>
       <c r="F132">
-        <v>13.7278956</v>
+        <v>18.2888404</v>
       </c>
       <c r="G132">
-        <v>100.5241235</v>
+        <v>99.490874</v>
       </c>
     </row>
     <row r="133" spans="1:7">
       <c r="A133" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="B133" t="s">
         <v>11</v>
+      </c>
+      <c r="C133" t="s">
+        <v>185</v>
+      </c>
+      <c r="E133">
+        <v>10110</v>
       </c>
       <c r="F133">
         <v>13.7278956</v>
       </c>
       <c r="G133">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="134" spans="1:7">
       <c r="A134" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="B134" t="s">
-        <v>103</v>
+        <v>20</v>
+      </c>
+      <c r="C134" t="s">
+        <v>182</v>
+      </c>
+      <c r="E134">
+        <v>10540</v>
       </c>
       <c r="F134">
         <v>13.5990961</v>
       </c>
       <c r="G134">
         <v>100.5998319</v>
       </c>
     </row>
     <row r="135" spans="1:7">
       <c r="A135" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="B135" t="s">
-        <v>11</v>
+        <v>20</v>
+      </c>
+      <c r="C135" t="s">
+        <v>182</v>
+      </c>
+      <c r="E135">
+        <v>10540</v>
       </c>
       <c r="F135">
-        <v>13.7278956</v>
+        <v>13.5990961</v>
       </c>
       <c r="G135">
-        <v>100.5241235</v>
+        <v>100.5998319</v>
       </c>
     </row>
     <row r="136" spans="1:7">
       <c r="A136" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="B136" t="s">
-        <v>11</v>
+        <v>44</v>
       </c>
       <c r="C136" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>195</v>
       </c>
       <c r="E136">
-        <v>10500</v>
+        <v>30130</v>
       </c>
       <c r="F136">
-        <v>13.7278956</v>
+        <v>14.9798997</v>
       </c>
       <c r="G136">
-        <v>100.5241235</v>
+        <v>102.0977693</v>
       </c>
     </row>
     <row r="137" spans="1:7">
       <c r="A137" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="B137" t="s">
-        <v>196</v>
+        <v>11</v>
       </c>
       <c r="C137" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-        <v>198</v>
+        <v>72</v>
       </c>
       <c r="E137">
-        <v>73000</v>
+        <v>10110</v>
       </c>
       <c r="F137">
-        <v>13.8199206</v>
+        <v>13.7278956</v>
       </c>
       <c r="G137">
-        <v>100.0621676</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="138" spans="1:7">
       <c r="A138" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="B138" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="C138" t="s">
-        <v>224</v>
+        <v>182</v>
       </c>
       <c r="E138">
-        <v>10800</v>
+        <v>10540</v>
       </c>
       <c r="F138">
-        <v>13.7278956</v>
+        <v>13.5990961</v>
       </c>
       <c r="G138">
-        <v>100.5241235</v>
+        <v>100.5998319</v>
       </c>
     </row>
     <row r="139" spans="1:7">
       <c r="A139" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B139" t="s">
-        <v>103</v>
+        <v>127</v>
       </c>
       <c r="C139" t="s">
-        <v>226</v>
+        <v>227</v>
+      </c>
+      <c r="D139" t="s">
+        <v>228</v>
       </c>
       <c r="E139">
-        <v>10130</v>
+        <v>31110</v>
       </c>
       <c r="F139">
-        <v>13.5990961</v>
+        <v>14.9930017</v>
       </c>
       <c r="G139">
-        <v>100.5998319</v>
+        <v>103.1029191</v>
       </c>
     </row>
     <row r="140" spans="1:7">
       <c r="A140" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="B140" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="C140" t="s">
-        <v>51</v>
+        <v>183</v>
       </c>
       <c r="E140">
-        <v>20150</v>
+        <v>30210</v>
       </c>
       <c r="F140">
-        <v>13.3611431</v>
+        <v>14.9798997</v>
       </c>
       <c r="G140">
-        <v>100.9846717</v>
+        <v>102.0977693</v>
       </c>
     </row>
     <row r="141" spans="1:7">
       <c r="A141" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="B141" t="s">
-        <v>229</v>
+        <v>44</v>
       </c>
       <c r="C141" t="s">
-        <v>230</v>
+        <v>183</v>
       </c>
       <c r="E141">
-        <v>77110</v>
+        <v>30210</v>
       </c>
       <c r="F141">
-        <v>11.812367</v>
+        <v>14.9798997</v>
       </c>
       <c r="G141">
-        <v>99.7973271</v>
+        <v>102.0977693</v>
       </c>
     </row>
     <row r="142" spans="1:7">
       <c r="A142" t="s">
         <v>231</v>
       </c>
       <c r="B142" t="s">
         <v>11</v>
       </c>
+      <c r="C142" t="s">
+        <v>232</v>
+      </c>
+      <c r="E142">
+        <v>10310</v>
+      </c>
       <c r="F142">
         <v>13.7278956</v>
       </c>
       <c r="G142">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="143" spans="1:7">
       <c r="A143" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="B143" t="s">
-        <v>69</v>
+        <v>145</v>
       </c>
       <c r="F143">
-        <v>14.882905</v>
+        <v>8.4407456</v>
       </c>
       <c r="G143">
-        <v>103.4937107</v>
+        <v>98.5193032</v>
       </c>
     </row>
     <row r="144" spans="1:7">
       <c r="A144" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="B144" t="s">
-        <v>9</v>
+        <v>11</v>
+      </c>
+      <c r="C144" t="s">
+        <v>235</v>
+      </c>
+      <c r="E144">
+        <v>10600</v>
       </c>
       <c r="F144">
-        <v>16.4429516</v>
+        <v>13.7278956</v>
       </c>
       <c r="G144">
-        <v>100.3482329</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="145" spans="1:7">
       <c r="A145" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="B145" t="s">
-        <v>69</v>
+        <v>13</v>
+      </c>
+      <c r="C145" t="s">
+        <v>111</v>
+      </c>
+      <c r="E145">
+        <v>20140</v>
       </c>
       <c r="F145">
-        <v>14.882905</v>
+        <v>13.3611431</v>
       </c>
       <c r="G145">
-        <v>103.4937107</v>
+        <v>100.9846717</v>
       </c>
     </row>
     <row r="146" spans="1:7">
       <c r="A146" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="B146" t="s">
         <v>11</v>
       </c>
       <c r="F146">
         <v>13.7278956</v>
       </c>
       <c r="G146">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="147" spans="1:7">
       <c r="A147" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="B147" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-        <v>10600</v>
+        <v>239</v>
       </c>
       <c r="F147">
-        <v>13.7278956</v>
+        <v>18.1445774</v>
       </c>
       <c r="G147">
-        <v>100.5241235</v>
+        <v>100.1402831</v>
       </c>
     </row>
     <row r="148" spans="1:7">
       <c r="A148" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="B148" t="s">
-        <v>11</v>
+        <v>241</v>
+      </c>
+      <c r="C148" t="s">
+        <v>242</v>
+      </c>
+      <c r="E148">
+        <v>42110</v>
       </c>
       <c r="F148">
-        <v>13.7278956</v>
+        <v>17.4860232</v>
       </c>
       <c r="G148">
-        <v>100.5241235</v>
+        <v>101.7223002</v>
       </c>
     </row>
     <row r="149" spans="1:7">
       <c r="A149" t="s">
-        <v>238</v>
+        <v>243</v>
       </c>
       <c r="B149" t="s">
-        <v>239</v>
+        <v>11</v>
       </c>
       <c r="C149" t="s">
-        <v>240</v>
+        <v>166</v>
       </c>
       <c r="E149">
-        <v>62000</v>
+        <v>10400</v>
       </c>
       <c r="F149">
-        <v>16.4827798</v>
+        <v>13.7278956</v>
       </c>
       <c r="G149">
-        <v>99.5226618</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="150" spans="1:7">
       <c r="A150" t="s">
-        <v>222</v>
+        <v>244</v>
       </c>
       <c r="B150" t="s">
-        <v>196</v>
+        <v>11</v>
       </c>
       <c r="C150" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-        <v>198</v>
+        <v>218</v>
       </c>
       <c r="E150">
-        <v>73000</v>
+        <v>10120</v>
       </c>
       <c r="F150">
-        <v>13.8199206</v>
+        <v>13.7278956</v>
       </c>
       <c r="G150">
-        <v>100.0621676</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="151" spans="1:7">
       <c r="A151" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="B151" t="s">
-        <v>192</v>
+        <v>11</v>
       </c>
       <c r="F151">
-        <v>19.9071656</v>
+        <v>13.7278956</v>
       </c>
       <c r="G151">
-        <v>99.830955</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="152" spans="1:7">
       <c r="A152" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
       <c r="B152" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="C152" t="s">
-        <v>108</v>
+        <v>182</v>
+      </c>
+      <c r="D152" t="s">
+        <v>247</v>
       </c>
       <c r="E152">
-        <v>10110</v>
+        <v>10540</v>
       </c>
       <c r="F152">
-        <v>13.7278956</v>
+        <v>13.5990961</v>
       </c>
       <c r="G152">
-        <v>100.5241235</v>
+        <v>100.5998319</v>
       </c>
     </row>
     <row r="153" spans="1:7">
       <c r="A153" t="s">
-        <v>243</v>
+        <v>248</v>
       </c>
       <c r="B153" t="s">
-        <v>11</v>
+        <v>213</v>
       </c>
       <c r="C153" t="s">
-        <v>244</v>
+        <v>214</v>
       </c>
       <c r="E153">
-        <v>10600</v>
+        <v>40000</v>
       </c>
       <c r="F153">
-        <v>13.7278956</v>
+        <v>16.4419355</v>
       </c>
       <c r="G153">
-        <v>100.5241235</v>
+        <v>102.8359921</v>
       </c>
     </row>
     <row r="154" spans="1:7">
       <c r="A154" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
       <c r="B154" t="s">
-        <v>11</v>
+        <v>213</v>
       </c>
       <c r="C154" t="s">
-        <v>244</v>
+        <v>214</v>
+      </c>
+      <c r="D154" t="s">
+        <v>250</v>
       </c>
       <c r="E154">
-        <v>10600</v>
+        <v>40000</v>
       </c>
       <c r="F154">
-        <v>13.7278956</v>
+        <v>16.4419355</v>
       </c>
       <c r="G154">
-        <v>100.5241235</v>
+        <v>102.8359921</v>
       </c>
     </row>
     <row r="155" spans="1:7">
       <c r="A155" t="s">
-        <v>246</v>
+        <v>251</v>
       </c>
       <c r="B155" t="s">
         <v>11</v>
       </c>
       <c r="C155" t="s">
-        <v>247</v>
+        <v>142</v>
       </c>
       <c r="E155">
-        <v>10160</v>
+        <v>10260</v>
       </c>
       <c r="F155">
         <v>13.7278956</v>
       </c>
       <c r="G155">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="156" spans="1:7">
       <c r="A156" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="B156" t="s">
-        <v>11</v>
+        <v>253</v>
       </c>
       <c r="F156">
-        <v>13.7278956</v>
+        <v>6.4254607</v>
       </c>
       <c r="G156">
-        <v>100.5241235</v>
+        <v>101.8253143</v>
       </c>
     </row>
     <row r="157" spans="1:7">
       <c r="A157" t="s">
-        <v>242</v>
+        <v>254</v>
       </c>
       <c r="B157" t="s">
         <v>11</v>
       </c>
       <c r="C157" t="s">
-        <v>108</v>
+        <v>235</v>
       </c>
       <c r="E157">
-        <v>10110</v>
+        <v>10600</v>
       </c>
       <c r="F157">
         <v>13.7278956</v>
       </c>
       <c r="G157">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="158" spans="1:7">
       <c r="A158" t="s">
-        <v>249</v>
+        <v>255</v>
       </c>
       <c r="B158" t="s">
         <v>11</v>
       </c>
       <c r="C158" t="s">
-        <v>36</v>
+        <v>17</v>
       </c>
       <c r="E158">
         <v>10500</v>
       </c>
       <c r="F158">
         <v>13.7278956</v>
       </c>
       <c r="G158">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="159" spans="1:7">
       <c r="A159" t="s">
-        <v>250</v>
+        <v>256</v>
       </c>
       <c r="B159" t="s">
         <v>11</v>
+      </c>
+      <c r="C159" t="s">
+        <v>17</v>
+      </c>
+      <c r="D159" t="s">
+        <v>18</v>
+      </c>
+      <c r="E159">
+        <v>10500</v>
       </c>
       <c r="F159">
         <v>13.7278956</v>
       </c>
       <c r="G159">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="160" spans="1:7">
       <c r="A160" t="s">
-        <v>251</v>
+        <v>257</v>
       </c>
       <c r="B160" t="s">
-        <v>11</v>
+        <v>93</v>
       </c>
       <c r="C160" t="s">
-        <v>36</v>
+        <v>94</v>
       </c>
       <c r="E160">
-        <v>10500</v>
+        <v>83110</v>
       </c>
       <c r="F160">
-        <v>13.7278956</v>
+        <v>7.9810496</v>
       </c>
       <c r="G160">
-        <v>100.5241235</v>
+        <v>98.3638824</v>
       </c>
     </row>
     <row r="161" spans="1:7">
       <c r="A161" t="s">
-        <v>252</v>
+        <v>258</v>
       </c>
       <c r="B161" t="s">
-        <v>94</v>
+        <v>11</v>
+      </c>
+      <c r="C161" t="s">
+        <v>24</v>
+      </c>
+      <c r="E161">
+        <v>10300</v>
       </c>
       <c r="F161">
-        <v>12.6833115</v>
+        <v>13.7278956</v>
       </c>
       <c r="G161">
-        <v>101.2374295</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="162" spans="1:7">
       <c r="A162" t="s">
-        <v>253</v>
+        <v>259</v>
       </c>
       <c r="B162" t="s">
-        <v>254</v>
+        <v>11</v>
       </c>
       <c r="C162" t="s">
-        <v>255</v>
+        <v>185</v>
       </c>
       <c r="E162">
-        <v>76120</v>
+        <v>10110</v>
       </c>
       <c r="F162">
-        <v>13.1111601</v>
+        <v>13.7278956</v>
       </c>
       <c r="G162">
-        <v>99.9391307</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="163" spans="1:7">
       <c r="A163" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="B163" t="s">
-        <v>105</v>
+        <v>11</v>
+      </c>
+      <c r="C163" t="s">
+        <v>261</v>
+      </c>
+      <c r="E163">
+        <v>10220</v>
       </c>
       <c r="F163">
-        <v>14.9798997</v>
+        <v>13.7278956</v>
       </c>
       <c r="G163">
-        <v>102.0977693</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="164" spans="1:7">
       <c r="A164" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
       <c r="B164" t="s">
-        <v>11</v>
+        <v>263</v>
       </c>
       <c r="C164" t="s">
-        <v>156</v>
+        <v>264</v>
       </c>
       <c r="E164">
-        <v>10310</v>
+        <v>91160</v>
       </c>
       <c r="F164">
-        <v>13.7278956</v>
+        <v>6.6238158</v>
       </c>
       <c r="G164">
-        <v>100.5241235</v>
+        <v>100.0673744</v>
       </c>
     </row>
     <row r="165" spans="1:7">
       <c r="A165" t="s">
-        <v>258</v>
+        <v>265</v>
       </c>
       <c r="B165" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="F165">
-        <v>13.7278956</v>
+        <v>13.5990961</v>
       </c>
       <c r="G165">
-        <v>100.5241235</v>
+        <v>100.5998319</v>
       </c>
     </row>
     <row r="166" spans="1:7">
       <c r="A166" t="s">
-        <v>259</v>
+        <v>266</v>
       </c>
       <c r="B166" t="s">
-        <v>41</v>
-[...5 lines deleted...]
-        <v>50310</v>
+        <v>267</v>
       </c>
       <c r="F166">
-        <v>18.7877477</v>
+        <v>19.9071656</v>
       </c>
       <c r="G166">
-        <v>98.9931311</v>
+        <v>99.830955</v>
       </c>
     </row>
     <row r="167" spans="1:7">
       <c r="A167" t="s">
-        <v>261</v>
+        <v>268</v>
       </c>
       <c r="B167" t="s">
         <v>11</v>
       </c>
       <c r="F167">
         <v>13.7278956</v>
       </c>
       <c r="G167">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="168" spans="1:7">
       <c r="A168" t="s">
-        <v>262</v>
+        <v>269</v>
       </c>
       <c r="B168" t="s">
-        <v>263</v>
-[...5 lines deleted...]
-        <v>63110</v>
+        <v>62</v>
       </c>
       <c r="F168">
-        <v>16.8839901</v>
+        <v>13.8621125</v>
       </c>
       <c r="G168">
-        <v>99.1258498</v>
+        <v>100.5143528</v>
       </c>
     </row>
     <row r="169" spans="1:7">
       <c r="A169" t="s">
-        <v>265</v>
+        <v>270</v>
       </c>
       <c r="B169" t="s">
-        <v>11</v>
+        <v>50</v>
       </c>
       <c r="C169" t="s">
-        <v>29</v>
+        <v>271</v>
+      </c>
+      <c r="D169" t="s">
+        <v>272</v>
       </c>
       <c r="E169">
-        <v>10120</v>
+        <v>73000</v>
       </c>
       <c r="F169">
-        <v>13.7278956</v>
+        <v>13.8199206</v>
       </c>
       <c r="G169">
-        <v>100.5241235</v>
+        <v>100.0621676</v>
       </c>
     </row>
     <row r="170" spans="1:7">
       <c r="A170" t="s">
-        <v>266</v>
+        <v>270</v>
       </c>
       <c r="B170" t="s">
-        <v>13</v>
+        <v>50</v>
       </c>
       <c r="C170" t="s">
-        <v>51</v>
+        <v>271</v>
       </c>
       <c r="D170" t="s">
-        <v>267</v>
+        <v>272</v>
       </c>
       <c r="E170">
-        <v>20150</v>
+        <v>73000</v>
       </c>
       <c r="F170">
-        <v>13.3611431</v>
+        <v>13.8199206</v>
       </c>
       <c r="G170">
-        <v>100.9846717</v>
+        <v>100.0621676</v>
       </c>
     </row>
     <row r="171" spans="1:7">
       <c r="A171" t="s">
-        <v>268</v>
+        <v>273</v>
       </c>
       <c r="B171" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-        <v>10230</v>
+        <v>62</v>
       </c>
       <c r="F171">
-        <v>13.7278956</v>
+        <v>13.8621125</v>
       </c>
       <c r="G171">
-        <v>100.5241235</v>
+        <v>100.5143528</v>
       </c>
     </row>
     <row r="172" spans="1:7">
       <c r="A172" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="B172" t="s">
-        <v>11</v>
+        <v>62</v>
       </c>
       <c r="F172">
-        <v>13.7278956</v>
+        <v>13.8621125</v>
       </c>
       <c r="G172">
-        <v>100.5241235</v>
+        <v>100.5143528</v>
       </c>
     </row>
     <row r="173" spans="1:7">
       <c r="A173" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="B173" t="s">
-        <v>11</v>
+        <v>62</v>
       </c>
       <c r="F173">
-        <v>13.7278956</v>
+        <v>13.8621125</v>
       </c>
       <c r="G173">
-        <v>100.5241235</v>
+        <v>100.5143528</v>
       </c>
     </row>
     <row r="174" spans="1:7">
       <c r="A174" t="s">
-        <v>222</v>
+        <v>276</v>
       </c>
       <c r="B174" t="s">
-        <v>196</v>
-[...8 lines deleted...]
-        <v>73000</v>
+        <v>62</v>
       </c>
       <c r="F174">
-        <v>13.8199206</v>
+        <v>13.8621125</v>
       </c>
       <c r="G174">
-        <v>100.0621676</v>
+        <v>100.5143528</v>
       </c>
     </row>
     <row r="175" spans="1:7">
       <c r="A175" t="s">
+        <v>270</v>
+      </c>
+      <c r="B175" t="s">
+        <v>50</v>
+      </c>
+      <c r="C175" t="s">
+        <v>271</v>
+      </c>
+      <c r="D175" t="s">
         <v>272</v>
       </c>
-      <c r="B175" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E175">
-        <v>10230</v>
+        <v>73000</v>
       </c>
       <c r="F175">
-        <v>13.7278956</v>
+        <v>13.8199206</v>
       </c>
       <c r="G175">
-        <v>100.5241235</v>
+        <v>100.0621676</v>
       </c>
     </row>
     <row r="176" spans="1:7">
       <c r="A176" t="s">
-        <v>273</v>
+        <v>277</v>
       </c>
       <c r="B176" t="s">
-        <v>41</v>
+        <v>11</v>
       </c>
       <c r="C176" t="s">
-        <v>124</v>
+        <v>72</v>
+      </c>
+      <c r="D176" t="s">
+        <v>73</v>
       </c>
       <c r="E176">
-        <v>50000</v>
+        <v>10110</v>
       </c>
       <c r="F176">
-        <v>18.7877477</v>
+        <v>13.7278956</v>
       </c>
       <c r="G176">
-        <v>98.9931311</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="177" spans="1:7">
       <c r="A177" t="s">
-        <v>274</v>
+        <v>278</v>
       </c>
       <c r="B177" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="C177" t="s">
-        <v>51</v>
+        <v>261</v>
       </c>
       <c r="E177">
-        <v>20150</v>
+        <v>10220</v>
       </c>
       <c r="F177">
-        <v>13.3611431</v>
+        <v>13.7278956</v>
       </c>
       <c r="G177">
-        <v>100.9846717</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="178" spans="1:7">
       <c r="A178" t="s">
-        <v>275</v>
+        <v>279</v>
       </c>
       <c r="B178" t="s">
         <v>11</v>
       </c>
       <c r="C178" t="s">
-        <v>101</v>
+        <v>17</v>
       </c>
       <c r="E178">
-        <v>10900</v>
+        <v>10500</v>
       </c>
       <c r="F178">
         <v>13.7278956</v>
       </c>
       <c r="G178">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="179" spans="1:7">
       <c r="A179" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="B179" t="s">
-        <v>196</v>
+        <v>11</v>
       </c>
       <c r="C179" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-        <v>198</v>
+        <v>218</v>
       </c>
       <c r="E179">
-        <v>73000</v>
+        <v>10120</v>
       </c>
       <c r="F179">
-        <v>13.8199206</v>
+        <v>13.7278956</v>
       </c>
       <c r="G179">
-        <v>100.0621676</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="180" spans="1:7">
       <c r="A180" t="s">
-        <v>277</v>
+        <v>281</v>
       </c>
       <c r="B180" t="s">
-        <v>103</v>
+        <v>11</v>
       </c>
       <c r="C180" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-        <v>171</v>
+        <v>261</v>
       </c>
       <c r="E180">
-        <v>10540</v>
+        <v>10220</v>
       </c>
       <c r="F180">
-        <v>13.5990961</v>
+        <v>13.7278956</v>
       </c>
       <c r="G180">
-        <v>100.5998319</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="181" spans="1:7">
       <c r="A181" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="B181" t="s">
         <v>11</v>
       </c>
       <c r="C181" t="s">
-        <v>57</v>
+        <v>185</v>
       </c>
       <c r="E181">
-        <v>10260</v>
+        <v>10110</v>
       </c>
       <c r="F181">
         <v>13.7278956</v>
       </c>
       <c r="G181">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="182" spans="1:7">
       <c r="A182" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
       <c r="B182" t="s">
-        <v>196</v>
-[...8 lines deleted...]
-        <v>73000</v>
+        <v>62</v>
       </c>
       <c r="F182">
-        <v>13.8199206</v>
+        <v>13.8621125</v>
       </c>
       <c r="G182">
-        <v>100.0621676</v>
+        <v>100.5143528</v>
       </c>
     </row>
     <row r="183" spans="1:7">
       <c r="A183" t="s">
-        <v>280</v>
+        <v>270</v>
       </c>
       <c r="B183" t="s">
-        <v>196</v>
+        <v>50</v>
       </c>
       <c r="C183" t="s">
-        <v>197</v>
+        <v>271</v>
       </c>
       <c r="D183" t="s">
-        <v>198</v>
+        <v>272</v>
       </c>
       <c r="E183">
         <v>73000</v>
       </c>
       <c r="F183">
         <v>13.8199206</v>
       </c>
       <c r="G183">
         <v>100.0621676</v>
       </c>
     </row>
     <row r="184" spans="1:7">
       <c r="A184" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="B184" t="s">
-        <v>17</v>
+        <v>50</v>
       </c>
       <c r="C184" t="s">
-        <v>282</v>
+        <v>271</v>
       </c>
       <c r="D184" t="s">
-        <v>283</v>
+        <v>272</v>
       </c>
       <c r="E184">
-        <v>24120</v>
+        <v>73000</v>
       </c>
       <c r="F184">
-        <v>13.6904194</v>
+        <v>13.8199206</v>
       </c>
       <c r="G184">
-        <v>101.0779596</v>
+        <v>100.0621676</v>
       </c>
     </row>
     <row r="185" spans="1:7">
       <c r="A185" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="B185" t="s">
         <v>11</v>
       </c>
       <c r="C185" t="s">
-        <v>77</v>
+        <v>261</v>
       </c>
       <c r="E185">
-        <v>10240</v>
+        <v>10220</v>
       </c>
       <c r="F185">
         <v>13.7278956</v>
       </c>
       <c r="G185">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="186" spans="1:7">
       <c r="A186" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="B186" t="s">
-        <v>286</v>
+        <v>11</v>
       </c>
       <c r="C186" t="s">
-        <v>287</v>
+        <v>261</v>
       </c>
       <c r="E186">
-        <v>74000</v>
+        <v>10220</v>
       </c>
       <c r="F186">
-        <v>13.5475216</v>
+        <v>13.7278956</v>
       </c>
       <c r="G186">
-        <v>100.2743956</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="187" spans="1:7">
       <c r="A187" t="s">
-        <v>288</v>
+        <v>287</v>
       </c>
       <c r="B187" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="F187">
-        <v>7.9810496</v>
+        <v>13.7278956</v>
       </c>
       <c r="G187">
-        <v>98.3638824</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="188" spans="1:7">
       <c r="A188" t="s">
-        <v>289</v>
+        <v>288</v>
       </c>
       <c r="B188" t="s">
-        <v>103</v>
+        <v>11</v>
+      </c>
+      <c r="C188" t="s">
+        <v>149</v>
+      </c>
+      <c r="E188">
+        <v>10330</v>
       </c>
       <c r="F188">
-        <v>13.5990961</v>
+        <v>13.7278956</v>
       </c>
       <c r="G188">
-        <v>100.5998319</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="189" spans="1:7">
       <c r="A189" t="s">
-        <v>290</v>
+        <v>289</v>
       </c>
       <c r="B189" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="F189">
-        <v>7.9810496</v>
+        <v>13.7278956</v>
       </c>
       <c r="G189">
-        <v>98.3638824</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="190" spans="1:7">
       <c r="A190" t="s">
-        <v>291</v>
+        <v>290</v>
       </c>
       <c r="B190" t="s">
-        <v>94</v>
-[...5 lines deleted...]
-        <v>21000</v>
+        <v>11</v>
       </c>
       <c r="F190">
-        <v>12.6833115</v>
+        <v>13.7278956</v>
       </c>
       <c r="G190">
-        <v>101.2374295</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="191" spans="1:7">
       <c r="A191" t="s">
-        <v>293</v>
+        <v>291</v>
       </c>
       <c r="B191" t="s">
-        <v>188</v>
-[...5 lines deleted...]
-        <v>91120</v>
+        <v>11</v>
       </c>
       <c r="F191">
-        <v>6.6238158</v>
+        <v>13.7278956</v>
       </c>
       <c r="G191">
-        <v>100.0673744</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="192" spans="1:7">
       <c r="A192" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="B192" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-        <v>10220</v>
+        <v>20</v>
       </c>
       <c r="F192">
-        <v>13.7278956</v>
+        <v>13.5990961</v>
       </c>
       <c r="G192">
-        <v>100.5241235</v>
+        <v>100.5998319</v>
       </c>
     </row>
     <row r="193" spans="1:7">
       <c r="A193" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="B193" t="s">
-        <v>163</v>
-[...5 lines deleted...]
-        <v>54000</v>
+        <v>11</v>
       </c>
       <c r="F193">
-        <v>18.1445774</v>
+        <v>13.7278956</v>
       </c>
       <c r="G193">
-        <v>100.1402831</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="194" spans="1:7">
       <c r="A194" t="s">
-        <v>298</v>
+        <v>294</v>
       </c>
       <c r="B194" t="s">
         <v>11</v>
       </c>
       <c r="C194" t="s">
-        <v>269</v>
+        <v>17</v>
+      </c>
+      <c r="D194" t="s">
+        <v>18</v>
       </c>
       <c r="E194">
-        <v>10230</v>
+        <v>10500</v>
       </c>
       <c r="F194">
         <v>13.7278956</v>
       </c>
       <c r="G194">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="195" spans="1:7">
       <c r="A195" t="s">
-        <v>299</v>
+        <v>295</v>
       </c>
       <c r="B195" t="s">
-        <v>188</v>
+        <v>50</v>
       </c>
       <c r="C195" t="s">
-        <v>189</v>
+        <v>271</v>
+      </c>
+      <c r="D195" t="s">
+        <v>272</v>
       </c>
       <c r="E195">
-        <v>91160</v>
+        <v>73000</v>
       </c>
       <c r="F195">
-        <v>6.6238158</v>
+        <v>13.8199206</v>
       </c>
       <c r="G195">
-        <v>100.0673744</v>
+        <v>100.0621676</v>
       </c>
     </row>
     <row r="196" spans="1:7">
       <c r="A196" t="s">
-        <v>300</v>
+        <v>296</v>
       </c>
       <c r="B196" t="s">
         <v>11</v>
+      </c>
+      <c r="C196" t="s">
+        <v>297</v>
+      </c>
+      <c r="E196">
+        <v>10800</v>
       </c>
       <c r="F196">
         <v>13.7278956</v>
       </c>
       <c r="G196">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="197" spans="1:7">
       <c r="A197" t="s">
-        <v>301</v>
+        <v>298</v>
       </c>
       <c r="B197" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="C197" t="s">
-        <v>99</v>
+        <v>21</v>
       </c>
       <c r="E197">
-        <v>10110</v>
+        <v>10130</v>
       </c>
       <c r="F197">
-        <v>13.7278956</v>
+        <v>13.5990961</v>
       </c>
       <c r="G197">
-        <v>100.5241235</v>
+        <v>100.5998319</v>
       </c>
     </row>
     <row r="198" spans="1:7">
       <c r="A198" t="s">
-        <v>302</v>
+        <v>299</v>
       </c>
       <c r="B198" t="s">
         <v>13</v>
       </c>
       <c r="C198" t="s">
-        <v>51</v>
+        <v>104</v>
       </c>
       <c r="E198">
         <v>20150</v>
       </c>
       <c r="F198">
         <v>13.3611431</v>
       </c>
       <c r="G198">
         <v>100.9846717</v>
       </c>
     </row>
     <row r="199" spans="1:7">
       <c r="A199" t="s">
-        <v>303</v>
+        <v>300</v>
       </c>
       <c r="B199" t="s">
-        <v>11</v>
+        <v>301</v>
       </c>
       <c r="C199" t="s">
-        <v>101</v>
+        <v>302</v>
       </c>
       <c r="E199">
-        <v>10900</v>
+        <v>77110</v>
       </c>
       <c r="F199">
-        <v>13.7278956</v>
+        <v>11.812367</v>
       </c>
       <c r="G199">
-        <v>100.5241235</v>
+        <v>99.7973271</v>
       </c>
     </row>
     <row r="200" spans="1:7">
       <c r="A200" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="B200" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="F200">
-        <v>13.3611431</v>
+        <v>13.7278956</v>
       </c>
       <c r="G200">
-        <v>100.9846717</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="201" spans="1:7">
       <c r="A201" t="s">
-        <v>305</v>
+        <v>304</v>
       </c>
       <c r="B201" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-        <v>10800</v>
+        <v>65</v>
       </c>
       <c r="F201">
-        <v>13.7278956</v>
+        <v>14.882905</v>
       </c>
       <c r="G201">
-        <v>100.5241235</v>
+        <v>103.4937107</v>
       </c>
     </row>
     <row r="202" spans="1:7">
       <c r="A202" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
       <c r="B202" t="s">
-        <v>307</v>
-[...5 lines deleted...]
-        <v>34280</v>
+        <v>108</v>
       </c>
       <c r="F202">
-        <v>15.2286861</v>
+        <v>16.4429516</v>
       </c>
       <c r="G202">
-        <v>104.8564217</v>
+        <v>100.3482329</v>
       </c>
     </row>
     <row r="203" spans="1:7">
       <c r="A203" t="s">
-        <v>309</v>
+        <v>306</v>
       </c>
       <c r="B203" t="s">
-        <v>94</v>
-[...5 lines deleted...]
-        <v>21000</v>
+        <v>65</v>
       </c>
       <c r="F203">
-        <v>12.6833115</v>
+        <v>14.882905</v>
       </c>
       <c r="G203">
-        <v>101.2374295</v>
+        <v>103.4937107</v>
       </c>
     </row>
     <row r="204" spans="1:7">
       <c r="A204" t="s">
-        <v>310</v>
+        <v>307</v>
       </c>
       <c r="B204" t="s">
-        <v>311</v>
-[...5 lines deleted...]
-        <v>27160</v>
+        <v>11</v>
       </c>
       <c r="F204">
-        <v>13.824038</v>
+        <v>13.7278956</v>
       </c>
       <c r="G204">
-        <v>102.0645839</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="205" spans="1:7">
       <c r="A205" t="s">
-        <v>313</v>
+        <v>308</v>
       </c>
       <c r="B205" t="s">
         <v>11</v>
       </c>
       <c r="C205" t="s">
-        <v>186</v>
+        <v>235</v>
       </c>
       <c r="E205">
-        <v>10220</v>
+        <v>10600</v>
       </c>
       <c r="F205">
         <v>13.7278956</v>
       </c>
       <c r="G205">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="206" spans="1:7">
       <c r="A206" t="s">
-        <v>314</v>
+        <v>309</v>
       </c>
       <c r="B206" t="s">
         <v>11</v>
-      </c>
-[...4 lines deleted...]
-        <v>10230</v>
       </c>
       <c r="F206">
         <v>13.7278956</v>
       </c>
       <c r="G206">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="207" spans="1:7">
       <c r="A207" t="s">
-        <v>315</v>
+        <v>310</v>
       </c>
       <c r="B207" t="s">
-        <v>20</v>
+        <v>88</v>
       </c>
       <c r="C207" t="s">
-        <v>21</v>
+        <v>89</v>
       </c>
       <c r="E207">
-        <v>83110</v>
+        <v>62000</v>
       </c>
       <c r="F207">
-        <v>7.9810496</v>
+        <v>16.4827798</v>
       </c>
       <c r="G207">
-        <v>98.3638824</v>
+        <v>99.5226618</v>
       </c>
     </row>
     <row r="208" spans="1:7">
       <c r="A208" t="s">
-        <v>316</v>
+        <v>295</v>
       </c>
       <c r="B208" t="s">
-        <v>11</v>
+        <v>50</v>
       </c>
       <c r="C208" t="s">
-        <v>247</v>
+        <v>271</v>
+      </c>
+      <c r="D208" t="s">
+        <v>272</v>
       </c>
       <c r="E208">
-        <v>10160</v>
+        <v>73000</v>
       </c>
       <c r="F208">
-        <v>13.7278956</v>
+        <v>13.8199206</v>
       </c>
       <c r="G208">
-        <v>100.5241235</v>
+        <v>100.0621676</v>
       </c>
     </row>
     <row r="209" spans="1:7">
       <c r="A209" t="s">
-        <v>317</v>
+        <v>311</v>
       </c>
       <c r="B209" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-        <v>10230</v>
+        <v>267</v>
       </c>
       <c r="F209">
-        <v>13.7278956</v>
+        <v>19.9071656</v>
       </c>
       <c r="G209">
-        <v>100.5241235</v>
+        <v>99.830955</v>
       </c>
     </row>
     <row r="210" spans="1:7">
       <c r="A210" t="s">
-        <v>318</v>
+        <v>312</v>
       </c>
       <c r="B210" t="s">
         <v>11</v>
       </c>
       <c r="C210" t="s">
-        <v>108</v>
+        <v>185</v>
       </c>
       <c r="E210">
         <v>10110</v>
       </c>
       <c r="F210">
         <v>13.7278956</v>
       </c>
       <c r="G210">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="211" spans="1:7">
       <c r="A211" t="s">
-        <v>319</v>
+        <v>313</v>
       </c>
       <c r="B211" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="C211" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>51</v>
+        <v>314</v>
       </c>
       <c r="E211">
-        <v>20150</v>
+        <v>10600</v>
       </c>
       <c r="F211">
-        <v>13.3611431</v>
+        <v>13.7278956</v>
       </c>
       <c r="G211">
-        <v>100.9846717</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="212" spans="1:7">
       <c r="A212" t="s">
-        <v>320</v>
+        <v>315</v>
       </c>
       <c r="B212" t="s">
         <v>11</v>
+      </c>
+      <c r="C212" t="s">
+        <v>314</v>
+      </c>
+      <c r="E212">
+        <v>10600</v>
       </c>
       <c r="F212">
         <v>13.7278956</v>
       </c>
       <c r="G212">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="213" spans="1:7">
       <c r="A213" t="s">
-        <v>321</v>
+        <v>316</v>
       </c>
       <c r="B213" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="C213" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>51</v>
+        <v>317</v>
       </c>
       <c r="E213">
-        <v>20150</v>
+        <v>10160</v>
+      </c>
+      <c r="F213">
+        <v>13.7278956</v>
+      </c>
+      <c r="G213">
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="214" spans="1:7">
       <c r="A214" t="s">
-        <v>322</v>
+        <v>318</v>
       </c>
       <c r="B214" t="s">
-        <v>103</v>
-[...5 lines deleted...]
-        <v>10540</v>
+        <v>11</v>
       </c>
       <c r="F214">
-        <v>13.5990961</v>
+        <v>13.7278956</v>
       </c>
       <c r="G214">
-        <v>100.5998319</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="215" spans="1:7">
       <c r="A215" t="s">
-        <v>323</v>
+        <v>312</v>
       </c>
       <c r="B215" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="C215" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>267</v>
+        <v>185</v>
       </c>
       <c r="E215">
-        <v>20150</v>
+        <v>10110</v>
       </c>
       <c r="F215">
-        <v>13.3611431</v>
+        <v>13.7278956</v>
       </c>
       <c r="G215">
-        <v>100.9846717</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="216" spans="1:7">
       <c r="A216" t="s">
-        <v>324</v>
+        <v>319</v>
       </c>
       <c r="B216" t="s">
         <v>11</v>
       </c>
       <c r="C216" t="s">
-        <v>325</v>
+        <v>17</v>
       </c>
       <c r="E216">
-        <v>10170</v>
+        <v>10500</v>
       </c>
       <c r="F216">
         <v>13.7278956</v>
       </c>
       <c r="G216">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="217" spans="1:7">
       <c r="A217" t="s">
-        <v>326</v>
+        <v>320</v>
       </c>
       <c r="B217" t="s">
         <v>11</v>
-      </c>
-[...4 lines deleted...]
-        <v>10600</v>
       </c>
       <c r="F217">
         <v>13.7278956</v>
       </c>
       <c r="G217">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="218" spans="1:7">
       <c r="A218" t="s">
-        <v>327</v>
+        <v>321</v>
       </c>
       <c r="B218" t="s">
-        <v>103</v>
+        <v>11</v>
       </c>
       <c r="C218" t="s">
-        <v>104</v>
+        <v>17</v>
       </c>
       <c r="E218">
-        <v>10540</v>
+        <v>10500</v>
       </c>
       <c r="F218">
-        <v>13.5990961</v>
+        <v>13.7278956</v>
       </c>
       <c r="G218">
-        <v>100.5998319</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="219" spans="1:7">
       <c r="A219" t="s">
-        <v>328</v>
+        <v>322</v>
       </c>
       <c r="B219" t="s">
-        <v>103</v>
-[...5 lines deleted...]
-        <v>10540</v>
+        <v>8</v>
       </c>
       <c r="F219">
-        <v>13.5990961</v>
+        <v>12.6833115</v>
       </c>
       <c r="G219">
-        <v>100.5998319</v>
+        <v>101.2374295</v>
       </c>
     </row>
     <row r="220" spans="1:7">
       <c r="A220" t="s">
-        <v>329</v>
+        <v>323</v>
       </c>
       <c r="B220" t="s">
-        <v>307</v>
+        <v>324</v>
       </c>
       <c r="C220" t="s">
-        <v>330</v>
+        <v>325</v>
       </c>
       <c r="E220">
-        <v>34000</v>
+        <v>76120</v>
       </c>
       <c r="F220">
-        <v>15.2286861</v>
+        <v>13.1111601</v>
       </c>
       <c r="G220">
-        <v>104.8564217</v>
+        <v>99.9391307</v>
       </c>
     </row>
     <row r="221" spans="1:7">
       <c r="A221" t="s">
-        <v>331</v>
+        <v>326</v>
       </c>
       <c r="B221" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-        <v>10160</v>
+        <v>44</v>
       </c>
       <c r="F221">
-        <v>13.7278956</v>
+        <v>14.9798997</v>
       </c>
       <c r="G221">
-        <v>100.5241235</v>
+        <v>102.0977693</v>
       </c>
     </row>
     <row r="222" spans="1:7">
       <c r="A222" t="s">
-        <v>332</v>
+        <v>327</v>
       </c>
       <c r="B222" t="s">
         <v>11</v>
+      </c>
+      <c r="C222" t="s">
+        <v>232</v>
+      </c>
+      <c r="E222">
+        <v>10310</v>
       </c>
       <c r="F222">
         <v>13.7278956</v>
       </c>
       <c r="G222">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="223" spans="1:7">
       <c r="A223" t="s">
-        <v>333</v>
+        <v>328</v>
       </c>
       <c r="B223" t="s">
         <v>11</v>
-      </c>
-[...4 lines deleted...]
-        <v>10110</v>
       </c>
       <c r="F223">
         <v>13.7278956</v>
       </c>
       <c r="G223">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="224" spans="1:7">
       <c r="A224" t="s">
-        <v>334</v>
+        <v>329</v>
       </c>
       <c r="B224" t="s">
-        <v>94</v>
+        <v>32</v>
       </c>
       <c r="C224" t="s">
-        <v>335</v>
+        <v>330</v>
       </c>
       <c r="E224">
-        <v>21180</v>
+        <v>50310</v>
       </c>
       <c r="F224">
-        <v>12.6833115</v>
+        <v>18.7877477</v>
       </c>
       <c r="G224">
-        <v>101.2374295</v>
+        <v>98.9931311</v>
       </c>
     </row>
     <row r="225" spans="1:7">
       <c r="A225" t="s">
-        <v>336</v>
+        <v>331</v>
       </c>
       <c r="B225" t="s">
-        <v>13</v>
-[...5 lines deleted...]
-        <v>20150</v>
+        <v>11</v>
       </c>
       <c r="F225">
-        <v>13.3611431</v>
+        <v>13.7278956</v>
       </c>
       <c r="G225">
-        <v>100.9846717</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="226" spans="1:7">
       <c r="A226" t="s">
-        <v>337</v>
+        <v>332</v>
       </c>
       <c r="B226" t="s">
-        <v>13</v>
+        <v>333</v>
       </c>
       <c r="C226" t="s">
-        <v>51</v>
+        <v>334</v>
       </c>
       <c r="E226">
-        <v>20150</v>
+        <v>63110</v>
       </c>
       <c r="F226">
-        <v>13.3611431</v>
+        <v>16.8839901</v>
       </c>
       <c r="G226">
-        <v>100.9846717</v>
+        <v>99.1258498</v>
       </c>
     </row>
     <row r="227" spans="1:7">
       <c r="A227" t="s">
-        <v>279</v>
+        <v>335</v>
       </c>
       <c r="B227" t="s">
-        <v>196</v>
+        <v>11</v>
       </c>
       <c r="C227" t="s">
-        <v>197</v>
+        <v>36</v>
       </c>
       <c r="E227">
-        <v>73000</v>
+        <v>10120</v>
       </c>
       <c r="F227">
-        <v>13.8199206</v>
+        <v>13.7278956</v>
       </c>
       <c r="G227">
-        <v>100.0621676</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="228" spans="1:7">
       <c r="A228" t="s">
-        <v>338</v>
+        <v>336</v>
       </c>
       <c r="B228" t="s">
-        <v>196</v>
+        <v>13</v>
       </c>
       <c r="C228" t="s">
-        <v>197</v>
+        <v>104</v>
       </c>
       <c r="D228" t="s">
-        <v>198</v>
+        <v>337</v>
       </c>
       <c r="E228">
-        <v>73000</v>
+        <v>20150</v>
       </c>
       <c r="F228">
-        <v>13.8199206</v>
+        <v>13.3611431</v>
       </c>
       <c r="G228">
-        <v>100.0621676</v>
+        <v>100.9846717</v>
       </c>
     </row>
     <row r="229" spans="1:7">
       <c r="A229" t="s">
         <v>338</v>
       </c>
       <c r="B229" t="s">
-        <v>196</v>
+        <v>11</v>
       </c>
       <c r="C229" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-        <v>198</v>
+        <v>339</v>
       </c>
       <c r="E229">
-        <v>73000</v>
+        <v>10230</v>
       </c>
       <c r="F229">
-        <v>13.8199206</v>
+        <v>13.7278956</v>
       </c>
       <c r="G229">
-        <v>100.0621676</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="230" spans="1:7">
       <c r="A230" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="B230" t="s">
-        <v>196</v>
+        <v>11</v>
       </c>
       <c r="F230">
-        <v>13.8199206</v>
+        <v>13.7278956</v>
       </c>
       <c r="G230">
-        <v>100.0621676</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="231" spans="1:7">
       <c r="A231" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="B231" t="s">
         <v>11</v>
       </c>
       <c r="F231">
         <v>13.7278956</v>
       </c>
       <c r="G231">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="232" spans="1:7">
       <c r="A232" t="s">
-        <v>341</v>
+        <v>295</v>
       </c>
       <c r="B232" t="s">
-        <v>26</v>
+        <v>50</v>
       </c>
       <c r="C232" t="s">
-        <v>27</v>
+        <v>271</v>
       </c>
       <c r="D232" t="s">
-        <v>342</v>
+        <v>272</v>
       </c>
       <c r="E232">
-        <v>11000</v>
+        <v>73000</v>
       </c>
       <c r="F232">
-        <v>13.8621125</v>
+        <v>13.8199206</v>
       </c>
       <c r="G232">
-        <v>100.5143528</v>
+        <v>100.0621676</v>
       </c>
     </row>
     <row r="233" spans="1:7">
       <c r="A233" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="B233" t="s">
-        <v>94</v>
+        <v>11</v>
+      </c>
+      <c r="C233" t="s">
+        <v>339</v>
+      </c>
+      <c r="E233">
+        <v>10230</v>
       </c>
       <c r="F233">
-        <v>12.6833115</v>
+        <v>13.7278956</v>
       </c>
       <c r="G233">
-        <v>101.2374295</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="234" spans="1:7">
       <c r="A234" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="B234" t="s">
-        <v>11</v>
+        <v>32</v>
+      </c>
+      <c r="C234" t="s">
+        <v>33</v>
+      </c>
+      <c r="E234">
+        <v>50000</v>
       </c>
       <c r="F234">
-        <v>13.7278956</v>
+        <v>18.7877477</v>
       </c>
       <c r="G234">
-        <v>100.5241235</v>
+        <v>98.9931311</v>
       </c>
     </row>
     <row r="235" spans="1:7">
       <c r="A235" t="s">
-        <v>345</v>
+        <v>344</v>
       </c>
       <c r="B235" t="s">
-        <v>11</v>
+        <v>13</v>
+      </c>
+      <c r="C235" t="s">
+        <v>104</v>
+      </c>
+      <c r="E235">
+        <v>20150</v>
       </c>
       <c r="F235">
-        <v>13.7278956</v>
+        <v>13.3611431</v>
       </c>
       <c r="G235">
-        <v>100.5241235</v>
+        <v>100.9846717</v>
       </c>
     </row>
     <row r="236" spans="1:7">
       <c r="A236" t="s">
-        <v>346</v>
+        <v>345</v>
       </c>
       <c r="B236" t="s">
-        <v>103</v>
+        <v>11</v>
+      </c>
+      <c r="C236" t="s">
+        <v>29</v>
+      </c>
+      <c r="E236">
+        <v>10900</v>
       </c>
       <c r="F236">
-        <v>13.5990961</v>
+        <v>13.7278956</v>
       </c>
       <c r="G236">
-        <v>100.5998319</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="237" spans="1:7">
       <c r="A237" t="s">
-        <v>347</v>
+        <v>346</v>
       </c>
       <c r="B237" t="s">
-        <v>103</v>
+        <v>50</v>
+      </c>
+      <c r="C237" t="s">
+        <v>271</v>
+      </c>
+      <c r="D237" t="s">
+        <v>272</v>
+      </c>
+      <c r="E237">
+        <v>73000</v>
       </c>
       <c r="F237">
-        <v>13.5990961</v>
+        <v>13.8199206</v>
       </c>
       <c r="G237">
-        <v>100.5998319</v>
+        <v>100.0621676</v>
       </c>
     </row>
     <row r="238" spans="1:7">
       <c r="A238" t="s">
-        <v>348</v>
+        <v>347</v>
       </c>
       <c r="B238" t="s">
         <v>20</v>
       </c>
+      <c r="C238" t="s">
+        <v>182</v>
+      </c>
+      <c r="D238" t="s">
+        <v>247</v>
+      </c>
+      <c r="E238">
+        <v>10540</v>
+      </c>
       <c r="F238">
-        <v>7.9810496</v>
+        <v>13.5990961</v>
       </c>
       <c r="G238">
-        <v>98.3638824</v>
+        <v>100.5998319</v>
       </c>
     </row>
     <row r="239" spans="1:7">
       <c r="A239" t="s">
-        <v>349</v>
+        <v>348</v>
       </c>
       <c r="B239" t="s">
         <v>11</v>
+      </c>
+      <c r="C239" t="s">
+        <v>142</v>
+      </c>
+      <c r="E239">
+        <v>10260</v>
       </c>
       <c r="F239">
         <v>13.7278956</v>
       </c>
       <c r="G239">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="240" spans="1:7">
       <c r="A240" t="s">
-        <v>350</v>
+        <v>349</v>
       </c>
       <c r="B240" t="s">
-        <v>11</v>
+        <v>50</v>
+      </c>
+      <c r="C240" t="s">
+        <v>271</v>
+      </c>
+      <c r="D240" t="s">
+        <v>272</v>
+      </c>
+      <c r="E240">
+        <v>73000</v>
       </c>
       <c r="F240">
-        <v>13.7278956</v>
+        <v>13.8199206</v>
       </c>
       <c r="G240">
-        <v>100.5241235</v>
+        <v>100.0621676</v>
       </c>
     </row>
     <row r="241" spans="1:7">
       <c r="A241" t="s">
-        <v>351</v>
+        <v>350</v>
       </c>
       <c r="B241" t="s">
-        <v>11</v>
+        <v>50</v>
+      </c>
+      <c r="C241" t="s">
+        <v>271</v>
+      </c>
+      <c r="D241" t="s">
+        <v>272</v>
+      </c>
+      <c r="E241">
+        <v>73000</v>
       </c>
       <c r="F241">
-        <v>13.7278956</v>
+        <v>13.8199206</v>
       </c>
       <c r="G241">
-        <v>100.5241235</v>
+        <v>100.0621676</v>
       </c>
     </row>
     <row r="242" spans="1:7">
       <c r="A242" t="s">
+        <v>351</v>
+      </c>
+      <c r="B242" t="s">
+        <v>114</v>
+      </c>
+      <c r="C242" t="s">
         <v>352</v>
       </c>
-      <c r="B242" t="s">
-        <v>11</v>
+      <c r="D242" t="s">
+        <v>353</v>
+      </c>
+      <c r="E242">
+        <v>24120</v>
       </c>
       <c r="F242">
-        <v>13.7278956</v>
+        <v>13.6904194</v>
       </c>
       <c r="G242">
-        <v>100.5241235</v>
+        <v>101.0779596</v>
       </c>
     </row>
     <row r="243" spans="1:7">
       <c r="A243" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="B243" t="s">
         <v>11</v>
+      </c>
+      <c r="C243" t="s">
+        <v>84</v>
+      </c>
+      <c r="E243">
+        <v>10240</v>
       </c>
       <c r="F243">
         <v>13.7278956</v>
       </c>
       <c r="G243">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="244" spans="1:7">
       <c r="A244" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B244" t="s">
-        <v>11</v>
+        <v>356</v>
+      </c>
+      <c r="C244" t="s">
+        <v>357</v>
+      </c>
+      <c r="E244">
+        <v>74000</v>
       </c>
       <c r="F244">
-        <v>13.7278956</v>
+        <v>13.5475216</v>
       </c>
       <c r="G244">
-        <v>100.5241235</v>
+        <v>100.2743956</v>
       </c>
     </row>
     <row r="245" spans="1:7">
       <c r="A245" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="B245" t="s">
-        <v>356</v>
+        <v>93</v>
       </c>
       <c r="F245">
-        <v>7.1756004</v>
+        <v>7.9810496</v>
       </c>
       <c r="G245">
-        <v>100.614347</v>
+        <v>98.3638824</v>
       </c>
     </row>
     <row r="246" spans="1:7">
       <c r="A246" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="B246" t="s">
-        <v>196</v>
+        <v>20</v>
       </c>
       <c r="F246">
-        <v>13.8199206</v>
+        <v>13.5990961</v>
       </c>
       <c r="G246">
-        <v>100.0621676</v>
+        <v>100.5998319</v>
       </c>
     </row>
     <row r="247" spans="1:7">
       <c r="A247" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
       <c r="B247" t="s">
-        <v>196</v>
+        <v>93</v>
+      </c>
+      <c r="D247" t="s">
+        <v>95</v>
       </c>
       <c r="F247">
-        <v>13.8199206</v>
+        <v>7.9810496</v>
       </c>
       <c r="G247">
-        <v>100.0621676</v>
+        <v>98.3638824</v>
       </c>
     </row>
     <row r="248" spans="1:7">
       <c r="A248" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="B248" t="s">
-        <v>103</v>
+        <v>8</v>
+      </c>
+      <c r="C248" t="s">
+        <v>362</v>
+      </c>
+      <c r="E248">
+        <v>21000</v>
       </c>
       <c r="F248">
-        <v>13.5990961</v>
+        <v>12.6833115</v>
       </c>
       <c r="G248">
-        <v>100.5998319</v>
+        <v>101.2374295</v>
       </c>
     </row>
     <row r="249" spans="1:7">
       <c r="A249" t="s">
-        <v>359</v>
+        <v>363</v>
       </c>
       <c r="B249" t="s">
-        <v>137</v>
+        <v>263</v>
+      </c>
+      <c r="C249" t="s">
+        <v>364</v>
+      </c>
+      <c r="E249">
+        <v>91120</v>
       </c>
       <c r="F249">
-        <v>16.4419355</v>
+        <v>6.6238158</v>
       </c>
       <c r="G249">
-        <v>102.8359921</v>
+        <v>100.0673744</v>
       </c>
     </row>
     <row r="250" spans="1:7">
       <c r="A250" t="s">
-        <v>359</v>
+        <v>365</v>
       </c>
       <c r="B250" t="s">
-        <v>137</v>
+        <v>11</v>
+      </c>
+      <c r="C250" t="s">
+        <v>261</v>
+      </c>
+      <c r="E250">
+        <v>10220</v>
       </c>
       <c r="F250">
-        <v>16.4419355</v>
+        <v>13.7278956</v>
       </c>
       <c r="G250">
-        <v>102.8359921</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="251" spans="1:7">
       <c r="A251" t="s">
-        <v>359</v>
+        <v>366</v>
       </c>
       <c r="B251" t="s">
-        <v>137</v>
+        <v>239</v>
+      </c>
+      <c r="C251" t="s">
+        <v>367</v>
+      </c>
+      <c r="E251">
+        <v>54000</v>
       </c>
       <c r="F251">
-        <v>16.4419355</v>
+        <v>18.1445774</v>
       </c>
       <c r="G251">
-        <v>102.8359921</v>
+        <v>100.1402831</v>
       </c>
     </row>
     <row r="252" spans="1:7">
       <c r="A252" t="s">
-        <v>359</v>
+        <v>368</v>
       </c>
       <c r="B252" t="s">
-        <v>137</v>
+        <v>11</v>
+      </c>
+      <c r="C252" t="s">
+        <v>339</v>
+      </c>
+      <c r="E252">
+        <v>10230</v>
       </c>
       <c r="F252">
-        <v>16.4419355</v>
+        <v>13.7278956</v>
       </c>
       <c r="G252">
-        <v>102.8359921</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="253" spans="1:7">
       <c r="A253" t="s">
-        <v>359</v>
+        <v>369</v>
       </c>
       <c r="B253" t="s">
-        <v>137</v>
+        <v>263</v>
+      </c>
+      <c r="C253" t="s">
+        <v>264</v>
+      </c>
+      <c r="E253">
+        <v>91160</v>
       </c>
       <c r="F253">
-        <v>16.4419355</v>
+        <v>6.6238158</v>
       </c>
       <c r="G253">
-        <v>102.8359921</v>
+        <v>100.0673744</v>
       </c>
     </row>
     <row r="254" spans="1:7">
       <c r="A254" t="s">
-        <v>360</v>
+        <v>370</v>
       </c>
       <c r="B254" t="s">
-        <v>196</v>
+        <v>11</v>
       </c>
       <c r="F254">
-        <v>13.8199206</v>
+        <v>13.7278956</v>
       </c>
       <c r="G254">
-        <v>100.0621676</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="255" spans="1:7">
       <c r="A255" t="s">
-        <v>361</v>
+        <v>371</v>
       </c>
       <c r="B255" t="s">
-        <v>137</v>
+        <v>11</v>
+      </c>
+      <c r="C255" t="s">
+        <v>72</v>
+      </c>
+      <c r="E255">
+        <v>10110</v>
       </c>
       <c r="F255">
-        <v>16.4419355</v>
+        <v>13.7278956</v>
       </c>
       <c r="G255">
-        <v>102.8359921</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="256" spans="1:7">
       <c r="A256" t="s">
-        <v>357</v>
+        <v>372</v>
       </c>
       <c r="B256" t="s">
-        <v>196</v>
+        <v>13</v>
+      </c>
+      <c r="C256" t="s">
+        <v>104</v>
+      </c>
+      <c r="E256">
+        <v>20150</v>
       </c>
       <c r="F256">
-        <v>13.8199206</v>
+        <v>13.3611431</v>
       </c>
       <c r="G256">
-        <v>100.0621676</v>
+        <v>100.9846717</v>
       </c>
     </row>
     <row r="257" spans="1:7">
       <c r="A257" t="s">
-        <v>362</v>
+        <v>373</v>
       </c>
       <c r="B257" t="s">
-        <v>196</v>
+        <v>11</v>
+      </c>
+      <c r="C257" t="s">
+        <v>29</v>
+      </c>
+      <c r="E257">
+        <v>10900</v>
       </c>
       <c r="F257">
-        <v>13.8199206</v>
+        <v>13.7278956</v>
       </c>
       <c r="G257">
-        <v>100.0621676</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="258" spans="1:7">
       <c r="A258" t="s">
-        <v>222</v>
+        <v>374</v>
       </c>
       <c r="B258" t="s">
-        <v>196</v>
+        <v>13</v>
       </c>
       <c r="F258">
-        <v>13.8199206</v>
+        <v>13.3611431</v>
       </c>
       <c r="G258">
-        <v>100.0621676</v>
+        <v>100.9846717</v>
       </c>
     </row>
     <row r="259" spans="1:7">
       <c r="A259" t="s">
-        <v>363</v>
+        <v>375</v>
       </c>
       <c r="B259" t="s">
-        <v>196</v>
+        <v>11</v>
+      </c>
+      <c r="C259" t="s">
+        <v>297</v>
+      </c>
+      <c r="E259">
+        <v>10800</v>
       </c>
       <c r="F259">
-        <v>13.8199206</v>
+        <v>13.7278956</v>
       </c>
       <c r="G259">
-        <v>100.0621676</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="260" spans="1:7">
       <c r="A260" t="s">
-        <v>364</v>
+        <v>376</v>
       </c>
       <c r="B260" t="s">
-        <v>196</v>
+        <v>377</v>
+      </c>
+      <c r="C260" t="s">
+        <v>378</v>
+      </c>
+      <c r="E260">
+        <v>34280</v>
       </c>
       <c r="F260">
-        <v>13.8199206</v>
+        <v>15.2286861</v>
       </c>
       <c r="G260">
-        <v>100.0621676</v>
+        <v>104.8564217</v>
       </c>
     </row>
     <row r="261" spans="1:7">
       <c r="A261" t="s">
-        <v>365</v>
+        <v>379</v>
       </c>
       <c r="B261" t="s">
-        <v>196</v>
+        <v>8</v>
+      </c>
+      <c r="C261" t="s">
+        <v>362</v>
+      </c>
+      <c r="E261">
+        <v>21000</v>
       </c>
       <c r="F261">
-        <v>13.8199206</v>
+        <v>12.6833115</v>
       </c>
       <c r="G261">
-        <v>100.0621676</v>
+        <v>101.2374295</v>
       </c>
     </row>
     <row r="262" spans="1:7">
       <c r="A262" t="s">
-        <v>366</v>
+        <v>380</v>
       </c>
       <c r="B262" t="s">
-        <v>229</v>
+        <v>54</v>
+      </c>
+      <c r="C262" t="s">
+        <v>381</v>
+      </c>
+      <c r="E262">
+        <v>27160</v>
       </c>
       <c r="F262">
-        <v>11.812367</v>
+        <v>13.824038</v>
       </c>
       <c r="G262">
-        <v>99.7973271</v>
+        <v>102.0645839</v>
       </c>
     </row>
     <row r="263" spans="1:7">
       <c r="A263" t="s">
-        <v>367</v>
+        <v>382</v>
       </c>
       <c r="B263" t="s">
         <v>11</v>
+      </c>
+      <c r="C263" t="s">
+        <v>261</v>
+      </c>
+      <c r="E263">
+        <v>10220</v>
       </c>
       <c r="F263">
         <v>13.7278956</v>
       </c>
       <c r="G263">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="264" spans="1:7">
       <c r="A264" t="s">
-        <v>368</v>
+        <v>383</v>
       </c>
       <c r="B264" t="s">
-        <v>369</v>
+        <v>11</v>
+      </c>
+      <c r="C264" t="s">
+        <v>339</v>
+      </c>
+      <c r="E264">
+        <v>10230</v>
       </c>
       <c r="F264">
-        <v>8.4303975</v>
+        <v>13.7278956</v>
       </c>
       <c r="G264">
-        <v>99.9631219</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="265" spans="1:7">
       <c r="A265" t="s">
-        <v>357</v>
+        <v>384</v>
       </c>
       <c r="B265" t="s">
-        <v>196</v>
+        <v>93</v>
+      </c>
+      <c r="C265" t="s">
+        <v>94</v>
+      </c>
+      <c r="E265">
+        <v>83110</v>
       </c>
       <c r="F265">
-        <v>13.8199206</v>
+        <v>7.9810496</v>
       </c>
       <c r="G265">
-        <v>100.0621676</v>
+        <v>98.3638824</v>
       </c>
     </row>
     <row r="266" spans="1:7">
       <c r="A266" t="s">
-        <v>370</v>
+        <v>385</v>
       </c>
       <c r="B266" t="s">
-        <v>196</v>
+        <v>11</v>
+      </c>
+      <c r="C266" t="s">
+        <v>317</v>
+      </c>
+      <c r="E266">
+        <v>10160</v>
       </c>
       <c r="F266">
-        <v>13.8199206</v>
+        <v>13.7278956</v>
       </c>
       <c r="G266">
-        <v>100.0621676</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="267" spans="1:7">
       <c r="A267" t="s">
-        <v>371</v>
+        <v>386</v>
       </c>
       <c r="B267" t="s">
-        <v>372</v>
+        <v>11</v>
+      </c>
+      <c r="C267" t="s">
+        <v>339</v>
+      </c>
+      <c r="E267">
+        <v>10230</v>
       </c>
       <c r="F267">
-        <v>15.8068173</v>
+        <v>13.7278956</v>
       </c>
       <c r="G267">
-        <v>102.0315027</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="268" spans="1:7">
       <c r="A268" t="s">
-        <v>373</v>
+        <v>387</v>
       </c>
       <c r="B268" t="s">
         <v>11</v>
       </c>
       <c r="C268" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-        <v>374</v>
+        <v>185</v>
       </c>
       <c r="E268">
-        <v>10900</v>
+        <v>10110</v>
       </c>
       <c r="F268">
         <v>13.7278956</v>
       </c>
       <c r="G268">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="269" spans="1:7">
       <c r="A269" t="s">
-        <v>363</v>
+        <v>388</v>
       </c>
       <c r="B269" t="s">
-        <v>196</v>
+        <v>13</v>
+      </c>
+      <c r="C269" t="s">
+        <v>104</v>
+      </c>
+      <c r="D269" t="s">
+        <v>104</v>
+      </c>
+      <c r="E269">
+        <v>20150</v>
       </c>
       <c r="F269">
-        <v>13.8199206</v>
+        <v>13.3611431</v>
       </c>
       <c r="G269">
-        <v>100.0621676</v>
+        <v>100.9846717</v>
       </c>
     </row>
     <row r="270" spans="1:7">
       <c r="A270" t="s">
-        <v>375</v>
+        <v>389</v>
       </c>
       <c r="B270" t="s">
-        <v>105</v>
+        <v>11</v>
       </c>
       <c r="F270">
-        <v>14.9798997</v>
+        <v>13.7278956</v>
       </c>
       <c r="G270">
-        <v>102.0977693</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="271" spans="1:7">
       <c r="A271" t="s">
-        <v>376</v>
+        <v>390</v>
       </c>
       <c r="B271" t="s">
         <v>13</v>
       </c>
-      <c r="F271">
-[...3 lines deleted...]
-        <v>100.9846717</v>
+      <c r="C271" t="s">
+        <v>104</v>
+      </c>
+      <c r="D271" t="s">
+        <v>104</v>
+      </c>
+      <c r="E271">
+        <v>20150</v>
       </c>
     </row>
     <row r="272" spans="1:7">
       <c r="A272" t="s">
-        <v>377</v>
+        <v>391</v>
       </c>
       <c r="B272" t="s">
-        <v>11</v>
+        <v>20</v>
+      </c>
+      <c r="C272" t="s">
+        <v>182</v>
+      </c>
+      <c r="E272">
+        <v>10540</v>
       </c>
       <c r="F272">
-        <v>13.7278956</v>
+        <v>13.5990961</v>
       </c>
       <c r="G272">
-        <v>100.5241235</v>
+        <v>100.5998319</v>
       </c>
     </row>
     <row r="273" spans="1:7">
       <c r="A273" t="s">
-        <v>378</v>
+        <v>392</v>
       </c>
       <c r="B273" t="s">
-        <v>11</v>
+        <v>13</v>
+      </c>
+      <c r="C273" t="s">
+        <v>104</v>
+      </c>
+      <c r="D273" t="s">
+        <v>337</v>
+      </c>
+      <c r="E273">
+        <v>20150</v>
       </c>
       <c r="F273">
-        <v>13.7278956</v>
+        <v>13.3611431</v>
       </c>
       <c r="G273">
-        <v>100.5241235</v>
+        <v>100.9846717</v>
       </c>
     </row>
     <row r="274" spans="1:7">
       <c r="A274" t="s">
-        <v>379</v>
+        <v>393</v>
       </c>
       <c r="B274" t="s">
         <v>11</v>
+      </c>
+      <c r="C274" t="s">
+        <v>394</v>
+      </c>
+      <c r="E274">
+        <v>10170</v>
       </c>
       <c r="F274">
         <v>13.7278956</v>
       </c>
       <c r="G274">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="275" spans="1:7">
       <c r="A275" t="s">
-        <v>380</v>
+        <v>395</v>
       </c>
       <c r="B275" t="s">
         <v>11</v>
+      </c>
+      <c r="C275" t="s">
+        <v>314</v>
       </c>
       <c r="E275">
         <v>10600</v>
       </c>
       <c r="F275">
         <v>13.7278956</v>
       </c>
       <c r="G275">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="276" spans="1:7">
       <c r="A276" t="s">
-        <v>222</v>
+        <v>396</v>
       </c>
       <c r="B276" t="s">
-        <v>196</v>
+        <v>20</v>
+      </c>
+      <c r="C276" t="s">
+        <v>182</v>
+      </c>
+      <c r="E276">
+        <v>10540</v>
       </c>
       <c r="F276">
-        <v>13.8199206</v>
+        <v>13.5990961</v>
       </c>
       <c r="G276">
-        <v>100.0621676</v>
+        <v>100.5998319</v>
       </c>
     </row>
     <row r="277" spans="1:7">
       <c r="A277" t="s">
-        <v>222</v>
+        <v>397</v>
       </c>
       <c r="B277" t="s">
-        <v>196</v>
+        <v>20</v>
+      </c>
+      <c r="C277" t="s">
+        <v>182</v>
+      </c>
+      <c r="E277">
+        <v>10540</v>
       </c>
       <c r="F277">
-        <v>13.8199206</v>
+        <v>13.5990961</v>
       </c>
       <c r="G277">
-        <v>100.0621676</v>
+        <v>100.5998319</v>
       </c>
     </row>
     <row r="278" spans="1:7">
       <c r="A278" t="s">
-        <v>381</v>
+        <v>398</v>
       </c>
       <c r="B278" t="s">
-        <v>11</v>
+        <v>377</v>
       </c>
       <c r="C278" t="s">
-        <v>382</v>
-[...2 lines deleted...]
-        <v>383</v>
+        <v>399</v>
       </c>
       <c r="E278">
-        <v>10400</v>
+        <v>34000</v>
       </c>
       <c r="F278">
-        <v>13.7278956</v>
+        <v>15.2286861</v>
       </c>
       <c r="G278">
-        <v>100.5241235</v>
+        <v>104.8564217</v>
       </c>
     </row>
     <row r="279" spans="1:7">
       <c r="A279" t="s">
-        <v>384</v>
+        <v>400</v>
       </c>
       <c r="B279" t="s">
         <v>11</v>
+      </c>
+      <c r="C279" t="s">
+        <v>317</v>
+      </c>
+      <c r="E279">
+        <v>10160</v>
       </c>
       <c r="F279">
         <v>13.7278956</v>
       </c>
       <c r="G279">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="280" spans="1:7">
       <c r="A280" t="s">
-        <v>385</v>
+        <v>401</v>
       </c>
       <c r="B280" t="s">
-        <v>81</v>
+        <v>11</v>
       </c>
       <c r="F280">
-        <v>15.6930072</v>
+        <v>13.7278956</v>
       </c>
       <c r="G280">
-        <v>100.1225595</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="281" spans="1:7">
       <c r="A281" t="s">
-        <v>386</v>
+        <v>402</v>
       </c>
       <c r="B281" t="s">
-        <v>387</v>
+        <v>11</v>
+      </c>
+      <c r="C281" t="s">
+        <v>72</v>
+      </c>
+      <c r="E281">
+        <v>10110</v>
       </c>
       <c r="F281">
-        <v>9.9528702</v>
+        <v>13.7278956</v>
       </c>
       <c r="G281">
-        <v>98.6084641</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="282" spans="1:7">
       <c r="A282" t="s">
-        <v>388</v>
+        <v>403</v>
       </c>
       <c r="B282" t="s">
-        <v>26</v>
+        <v>8</v>
+      </c>
+      <c r="C282" t="s">
+        <v>404</v>
+      </c>
+      <c r="E282">
+        <v>21180</v>
       </c>
       <c r="F282">
-        <v>13.8621125</v>
+        <v>12.6833115</v>
       </c>
       <c r="G282">
-        <v>100.5143528</v>
+        <v>101.2374295</v>
       </c>
     </row>
     <row r="283" spans="1:7">
       <c r="A283" t="s">
-        <v>389</v>
+        <v>405</v>
       </c>
       <c r="B283" t="s">
-        <v>20</v>
+        <v>13</v>
+      </c>
+      <c r="C283" t="s">
+        <v>104</v>
+      </c>
+      <c r="E283">
+        <v>20150</v>
       </c>
       <c r="F283">
-        <v>7.9810496</v>
+        <v>13.3611431</v>
       </c>
       <c r="G283">
-        <v>98.3638824</v>
+        <v>100.9846717</v>
       </c>
     </row>
     <row r="284" spans="1:7">
       <c r="A284" t="s">
-        <v>390</v>
+        <v>406</v>
       </c>
       <c r="B284" t="s">
-        <v>391</v>
+        <v>13</v>
+      </c>
+      <c r="C284" t="s">
+        <v>104</v>
+      </c>
+      <c r="E284">
+        <v>20150</v>
       </c>
       <c r="F284">
-        <v>10.4930496</v>
+        <v>13.3611431</v>
       </c>
       <c r="G284">
-        <v>99.1800199</v>
+        <v>100.9846717</v>
       </c>
     </row>
     <row r="285" spans="1:7">
       <c r="A285" t="s">
-        <v>392</v>
+        <v>349</v>
       </c>
       <c r="B285" t="s">
-        <v>11</v>
+        <v>50</v>
+      </c>
+      <c r="C285" t="s">
+        <v>271</v>
       </c>
       <c r="E285">
-        <v>10120</v>
+        <v>73000</v>
       </c>
       <c r="F285">
-        <v>13.7278956</v>
+        <v>13.8199206</v>
       </c>
       <c r="G285">
-        <v>100.5241235</v>
+        <v>100.0621676</v>
       </c>
     </row>
     <row r="286" spans="1:7">
       <c r="A286" t="s">
-        <v>393</v>
+        <v>407</v>
       </c>
       <c r="B286" t="s">
-        <v>188</v>
+        <v>50</v>
+      </c>
+      <c r="C286" t="s">
+        <v>271</v>
+      </c>
+      <c r="D286" t="s">
+        <v>272</v>
+      </c>
+      <c r="E286">
+        <v>73000</v>
       </c>
       <c r="F286">
-        <v>6.6238158</v>
+        <v>13.8199206</v>
       </c>
       <c r="G286">
-        <v>100.0673744</v>
+        <v>100.0621676</v>
       </c>
     </row>
     <row r="287" spans="1:7">
       <c r="A287" t="s">
-        <v>394</v>
+        <v>407</v>
       </c>
       <c r="B287" t="s">
-        <v>395</v>
+        <v>50</v>
+      </c>
+      <c r="C287" t="s">
+        <v>271</v>
+      </c>
+      <c r="D287" t="s">
+        <v>272</v>
+      </c>
+      <c r="E287">
+        <v>73000</v>
       </c>
       <c r="F287">
-        <v>9.1382389</v>
+        <v>13.8199206</v>
       </c>
       <c r="G287">
-        <v>99.3217483</v>
+        <v>100.0621676</v>
       </c>
     </row>
     <row r="288" spans="1:7">
       <c r="A288" t="s">
-        <v>396</v>
+        <v>408</v>
       </c>
       <c r="B288" t="s">
-        <v>11</v>
+        <v>50</v>
       </c>
       <c r="F288">
-        <v>13.7278956</v>
+        <v>13.8199206</v>
       </c>
       <c r="G288">
-        <v>100.5241235</v>
+        <v>100.0621676</v>
       </c>
     </row>
     <row r="289" spans="1:7">
       <c r="A289" t="s">
-        <v>397</v>
+        <v>409</v>
       </c>
       <c r="B289" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="F289">
-        <v>13.3611431</v>
+        <v>13.7278956</v>
       </c>
       <c r="G289">
-        <v>100.9846717</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="290" spans="1:7">
       <c r="A290" t="s">
-        <v>398</v>
+        <v>410</v>
       </c>
       <c r="B290" t="s">
-        <v>20</v>
+        <v>62</v>
+      </c>
+      <c r="C290" t="s">
+        <v>99</v>
+      </c>
+      <c r="D290" t="s">
+        <v>411</v>
+      </c>
+      <c r="E290">
+        <v>11000</v>
       </c>
       <c r="F290">
-        <v>7.9810496</v>
+        <v>13.8621125</v>
       </c>
       <c r="G290">
-        <v>98.3638824</v>
+        <v>100.5143528</v>
       </c>
     </row>
     <row r="291" spans="1:7">
       <c r="A291" t="s">
-        <v>399</v>
+        <v>412</v>
       </c>
       <c r="B291" t="s">
-        <v>94</v>
+        <v>8</v>
       </c>
       <c r="F291">
         <v>12.6833115</v>
       </c>
       <c r="G291">
         <v>101.2374295</v>
       </c>
     </row>
     <row r="292" spans="1:7">
       <c r="A292" t="s">
-        <v>400</v>
+        <v>413</v>
       </c>
       <c r="B292" t="s">
-        <v>81</v>
+        <v>11</v>
       </c>
       <c r="F292">
-        <v>15.6930072</v>
+        <v>13.7278956</v>
       </c>
       <c r="G292">
-        <v>100.1225595</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="293" spans="1:7">
       <c r="A293" t="s">
-        <v>401</v>
+        <v>414</v>
       </c>
       <c r="B293" t="s">
-        <v>356</v>
+        <v>11</v>
       </c>
       <c r="F293">
-        <v>7.1756004</v>
+        <v>13.7278956</v>
       </c>
       <c r="G293">
-        <v>100.614347</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="294" spans="1:7">
       <c r="A294" t="s">
-        <v>402</v>
+        <v>415</v>
       </c>
       <c r="B294" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="F294">
-        <v>13.7278956</v>
+        <v>13.5990961</v>
       </c>
       <c r="G294">
-        <v>100.5241235</v>
+        <v>100.5998319</v>
       </c>
     </row>
     <row r="295" spans="1:7">
       <c r="A295" t="s">
-        <v>403</v>
+        <v>416</v>
       </c>
       <c r="B295" t="s">
-        <v>137</v>
+        <v>20</v>
       </c>
       <c r="F295">
-        <v>16.4419355</v>
+        <v>13.5990961</v>
       </c>
       <c r="G295">
-        <v>102.8359921</v>
+        <v>100.5998319</v>
       </c>
     </row>
     <row r="296" spans="1:7">
       <c r="A296" t="s">
-        <v>404</v>
+        <v>417</v>
       </c>
       <c r="B296" t="s">
-        <v>20</v>
+        <v>93</v>
       </c>
       <c r="F296">
         <v>7.9810496</v>
       </c>
       <c r="G296">
         <v>98.3638824</v>
       </c>
     </row>
     <row r="297" spans="1:7">
       <c r="A297" t="s">
-        <v>405</v>
+        <v>418</v>
       </c>
       <c r="B297" t="s">
         <v>11</v>
       </c>
       <c r="F297">
         <v>13.7278956</v>
       </c>
       <c r="G297">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="298" spans="1:7">
       <c r="A298" t="s">
-        <v>406</v>
+        <v>419</v>
       </c>
       <c r="B298" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="F298">
-        <v>7.9810496</v>
+        <v>13.7278956</v>
       </c>
       <c r="G298">
-        <v>98.3638824</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="299" spans="1:7">
       <c r="A299" t="s">
-        <v>407</v>
+        <v>420</v>
       </c>
       <c r="B299" t="s">
         <v>11</v>
       </c>
       <c r="F299">
         <v>13.7278956</v>
       </c>
       <c r="G299">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="300" spans="1:7">
       <c r="A300" t="s">
-        <v>408</v>
+        <v>421</v>
       </c>
       <c r="B300" t="s">
-        <v>229</v>
+        <v>11</v>
       </c>
       <c r="F300">
-        <v>11.812367</v>
+        <v>13.7278956</v>
       </c>
       <c r="G300">
-        <v>99.7973271</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="301" spans="1:7">
       <c r="A301" t="s">
-        <v>409</v>
+        <v>422</v>
       </c>
       <c r="B301" t="s">
-        <v>356</v>
+        <v>11</v>
       </c>
       <c r="F301">
-        <v>7.1756004</v>
+        <v>13.7278956</v>
       </c>
       <c r="G301">
-        <v>100.614347</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="302" spans="1:7">
       <c r="A302" t="s">
-        <v>410</v>
+        <v>423</v>
       </c>
       <c r="B302" t="s">
-        <v>105</v>
+        <v>11</v>
       </c>
       <c r="F302">
-        <v>14.9798997</v>
+        <v>13.7278956</v>
       </c>
       <c r="G302">
-        <v>102.0977693</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="303" spans="1:7">
       <c r="A303" t="s">
-        <v>411</v>
+        <v>424</v>
       </c>
       <c r="B303" t="s">
-        <v>81</v>
+        <v>425</v>
       </c>
       <c r="F303">
-        <v>15.6930072</v>
+        <v>7.1756004</v>
       </c>
       <c r="G303">
-        <v>100.1225595</v>
+        <v>100.614347</v>
       </c>
     </row>
     <row r="304" spans="1:7">
       <c r="A304" t="s">
-        <v>412</v>
+        <v>426</v>
       </c>
       <c r="B304" t="s">
-        <v>11</v>
+        <v>50</v>
       </c>
       <c r="F304">
-        <v>13.7278956</v>
+        <v>13.8199206</v>
       </c>
       <c r="G304">
-        <v>100.5241235</v>
+        <v>100.0621676</v>
       </c>
     </row>
     <row r="305" spans="1:7">
       <c r="A305" t="s">
-        <v>413</v>
+        <v>426</v>
       </c>
       <c r="B305" t="s">
-        <v>11</v>
+        <v>50</v>
       </c>
       <c r="F305">
-        <v>13.7278956</v>
+        <v>13.8199206</v>
       </c>
       <c r="G305">
-        <v>100.5241235</v>
+        <v>100.0621676</v>
       </c>
     </row>
     <row r="306" spans="1:7">
       <c r="A306" t="s">
-        <v>414</v>
+        <v>427</v>
       </c>
       <c r="B306" t="s">
-        <v>415</v>
+        <v>20</v>
       </c>
       <c r="F306">
-        <v>16.542443</v>
+        <v>13.5990961</v>
       </c>
       <c r="G306">
-        <v>104.7209151</v>
+        <v>100.5998319</v>
       </c>
     </row>
     <row r="307" spans="1:7">
       <c r="A307" t="s">
-        <v>416</v>
+        <v>428</v>
       </c>
       <c r="B307" t="s">
-        <v>13</v>
+        <v>213</v>
       </c>
       <c r="F307">
-        <v>13.3611431</v>
+        <v>16.4419355</v>
       </c>
       <c r="G307">
-        <v>100.9846717</v>
+        <v>102.8359921</v>
       </c>
     </row>
     <row r="308" spans="1:7">
       <c r="A308" t="s">
-        <v>417</v>
+        <v>428</v>
       </c>
       <c r="B308" t="s">
-        <v>11</v>
+        <v>213</v>
       </c>
       <c r="F308">
-        <v>13.7278956</v>
+        <v>16.4419355</v>
       </c>
       <c r="G308">
-        <v>100.5241235</v>
+        <v>102.8359921</v>
       </c>
     </row>
     <row r="309" spans="1:7">
       <c r="A309" t="s">
-        <v>418</v>
+        <v>428</v>
       </c>
       <c r="B309" t="s">
-        <v>20</v>
+        <v>213</v>
       </c>
       <c r="F309">
-        <v>7.9810496</v>
+        <v>16.4419355</v>
       </c>
       <c r="G309">
-        <v>98.3638824</v>
+        <v>102.8359921</v>
       </c>
     </row>
     <row r="310" spans="1:7">
       <c r="A310" t="s">
-        <v>419</v>
+        <v>428</v>
       </c>
       <c r="B310" t="s">
-        <v>94</v>
+        <v>213</v>
       </c>
       <c r="F310">
-        <v>12.6833115</v>
+        <v>16.4419355</v>
       </c>
       <c r="G310">
-        <v>101.2374295</v>
+        <v>102.8359921</v>
       </c>
     </row>
     <row r="311" spans="1:7">
       <c r="A311" t="s">
-        <v>420</v>
+        <v>428</v>
       </c>
       <c r="B311" t="s">
-        <v>20</v>
+        <v>213</v>
       </c>
       <c r="F311">
-        <v>7.9810496</v>
+        <v>16.4419355</v>
       </c>
       <c r="G311">
-        <v>98.3638824</v>
+        <v>102.8359921</v>
       </c>
     </row>
     <row r="312" spans="1:7">
       <c r="A312" t="s">
-        <v>421</v>
+        <v>429</v>
       </c>
       <c r="B312" t="s">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="F312">
-        <v>7.9810496</v>
+        <v>13.8199206</v>
       </c>
       <c r="G312">
-        <v>98.3638824</v>
+        <v>100.0621676</v>
       </c>
     </row>
     <row r="313" spans="1:7">
       <c r="A313" t="s">
-        <v>422</v>
+        <v>430</v>
       </c>
       <c r="B313" t="s">
-        <v>11</v>
+        <v>213</v>
       </c>
       <c r="F313">
-        <v>13.7278956</v>
+        <v>16.4419355</v>
       </c>
       <c r="G313">
-        <v>100.5241235</v>
+        <v>102.8359921</v>
       </c>
     </row>
     <row r="314" spans="1:7">
       <c r="A314" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="B314" t="s">
-        <v>9</v>
+        <v>50</v>
       </c>
       <c r="F314">
-        <v>16.4429516</v>
+        <v>13.8199206</v>
       </c>
       <c r="G314">
-        <v>100.3482329</v>
+        <v>100.0621676</v>
       </c>
     </row>
     <row r="315" spans="1:7">
       <c r="A315" t="s">
-        <v>424</v>
+        <v>431</v>
       </c>
       <c r="B315" t="s">
-        <v>425</v>
+        <v>50</v>
       </c>
       <c r="F315">
-        <v>14.0208391</v>
+        <v>13.8199206</v>
       </c>
       <c r="G315">
-        <v>100.5250276</v>
+        <v>100.0621676</v>
       </c>
     </row>
     <row r="316" spans="1:7">
       <c r="A316" t="s">
-        <v>426</v>
+        <v>295</v>
       </c>
       <c r="B316" t="s">
-        <v>196</v>
+        <v>50</v>
       </c>
       <c r="F316">
         <v>13.8199206</v>
       </c>
       <c r="G316">
         <v>100.0621676</v>
       </c>
     </row>
     <row r="317" spans="1:7">
       <c r="A317" t="s">
-        <v>427</v>
+        <v>432</v>
       </c>
       <c r="B317" t="s">
-        <v>11</v>
+        <v>50</v>
       </c>
       <c r="F317">
-        <v>13.7278956</v>
+        <v>13.8199206</v>
       </c>
       <c r="G317">
-        <v>100.5241235</v>
+        <v>100.0621676</v>
       </c>
     </row>
     <row r="318" spans="1:7">
       <c r="A318" t="s">
-        <v>428</v>
+        <v>433</v>
       </c>
       <c r="B318" t="s">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="F318">
-        <v>7.9810496</v>
+        <v>13.8199206</v>
       </c>
       <c r="G318">
-        <v>98.3638824</v>
+        <v>100.0621676</v>
       </c>
     </row>
     <row r="319" spans="1:7">
       <c r="A319" t="s">
-        <v>429</v>
+        <v>434</v>
       </c>
       <c r="B319" t="s">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="F319">
-        <v>7.9810496</v>
+        <v>13.8199206</v>
       </c>
       <c r="G319">
-        <v>98.3638824</v>
+        <v>100.0621676</v>
       </c>
     </row>
     <row r="320" spans="1:7">
       <c r="A320" t="s">
-        <v>430</v>
+        <v>435</v>
       </c>
       <c r="B320" t="s">
-        <v>8</v>
-[...8 lines deleted...]
-        <v>67260</v>
+        <v>301</v>
       </c>
       <c r="F320">
-        <v>16.4189807</v>
+        <v>11.812367</v>
       </c>
       <c r="G320">
-        <v>101.1550926</v>
+        <v>99.7973271</v>
       </c>
     </row>
     <row r="321" spans="1:7">
       <c r="A321" t="s">
-        <v>56</v>
+        <v>436</v>
       </c>
       <c r="B321" t="s">
         <v>11</v>
       </c>
       <c r="F321">
         <v>13.7278956</v>
       </c>
       <c r="G321">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="322" spans="1:7">
       <c r="A322" t="s">
-        <v>433</v>
+        <v>437</v>
       </c>
       <c r="B322" t="s">
-        <v>11</v>
+        <v>438</v>
       </c>
       <c r="F322">
-        <v>13.7278956</v>
+        <v>8.4303975</v>
       </c>
       <c r="G322">
-        <v>100.5241235</v>
+        <v>99.9631219</v>
       </c>
     </row>
     <row r="323" spans="1:7">
       <c r="A323" t="s">
-        <v>434</v>
+        <v>426</v>
       </c>
       <c r="B323" t="s">
-        <v>11</v>
+        <v>50</v>
       </c>
       <c r="F323">
-        <v>13.7278956</v>
+        <v>13.8199206</v>
       </c>
       <c r="G323">
-        <v>100.5241235</v>
+        <v>100.0621676</v>
       </c>
     </row>
     <row r="324" spans="1:7">
       <c r="A324" t="s">
-        <v>435</v>
+        <v>439</v>
       </c>
       <c r="B324" t="s">
-        <v>94</v>
+        <v>50</v>
       </c>
       <c r="F324">
-        <v>12.6833115</v>
+        <v>13.8199206</v>
       </c>
       <c r="G324">
-        <v>101.2374295</v>
+        <v>100.0621676</v>
       </c>
     </row>
     <row r="325" spans="1:7">
       <c r="A325" t="s">
-        <v>436</v>
+        <v>440</v>
       </c>
       <c r="B325" t="s">
-        <v>81</v>
+        <v>48</v>
       </c>
       <c r="F325">
-        <v>15.6930072</v>
+        <v>15.8068173</v>
       </c>
       <c r="G325">
-        <v>100.1225595</v>
+        <v>102.0315027</v>
       </c>
     </row>
     <row r="326" spans="1:7">
       <c r="A326" t="s">
-        <v>437</v>
+        <v>441</v>
       </c>
       <c r="B326" t="s">
         <v>11</v>
+      </c>
+      <c r="C326" t="s">
+        <v>29</v>
+      </c>
+      <c r="D326" t="s">
+        <v>442</v>
+      </c>
+      <c r="E326">
+        <v>10900</v>
       </c>
       <c r="F326">
         <v>13.7278956</v>
       </c>
       <c r="G326">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="327" spans="1:7">
       <c r="A327" t="s">
-        <v>438</v>
+        <v>432</v>
       </c>
       <c r="B327" t="s">
-        <v>395</v>
+        <v>50</v>
       </c>
       <c r="F327">
-        <v>9.1382389</v>
+        <v>13.8199206</v>
       </c>
       <c r="G327">
-        <v>99.3217483</v>
+        <v>100.0621676</v>
       </c>
     </row>
     <row r="328" spans="1:7">
       <c r="A328" t="s">
-        <v>439</v>
+        <v>443</v>
       </c>
       <c r="B328" t="s">
-        <v>11</v>
+        <v>44</v>
       </c>
       <c r="F328">
-        <v>13.7278956</v>
+        <v>14.9798997</v>
       </c>
       <c r="G328">
-        <v>100.5241235</v>
+        <v>102.0977693</v>
       </c>
     </row>
     <row r="329" spans="1:7">
       <c r="A329" t="s">
-        <v>440</v>
+        <v>444</v>
       </c>
       <c r="B329" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="F329">
-        <v>13.7278956</v>
+        <v>13.3611431</v>
       </c>
       <c r="G329">
-        <v>100.5241235</v>
+        <v>100.9846717</v>
       </c>
     </row>
     <row r="330" spans="1:7">
       <c r="A330" t="s">
-        <v>441</v>
+        <v>445</v>
       </c>
       <c r="B330" t="s">
         <v>11</v>
       </c>
       <c r="F330">
         <v>13.7278956</v>
       </c>
       <c r="G330">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="331" spans="1:7">
       <c r="A331" t="s">
-        <v>442</v>
+        <v>446</v>
       </c>
       <c r="B331" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="F331">
-        <v>7.9810496</v>
+        <v>13.7278956</v>
       </c>
       <c r="G331">
-        <v>98.3638824</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="332" spans="1:7">
       <c r="A332" t="s">
-        <v>443</v>
+        <v>447</v>
       </c>
       <c r="B332" t="s">
-        <v>196</v>
+        <v>11</v>
       </c>
       <c r="F332">
-        <v>13.8199206</v>
+        <v>13.7278956</v>
       </c>
       <c r="G332">
-        <v>100.0621676</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="333" spans="1:7">
       <c r="A333" t="s">
-        <v>444</v>
+        <v>448</v>
       </c>
       <c r="B333" t="s">
         <v>11</v>
+      </c>
+      <c r="E333">
+        <v>10600</v>
       </c>
       <c r="F333">
         <v>13.7278956</v>
       </c>
       <c r="G333">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="334" spans="1:7">
       <c r="A334" t="s">
-        <v>445</v>
+        <v>295</v>
       </c>
       <c r="B334" t="s">
-        <v>9</v>
+        <v>50</v>
       </c>
       <c r="F334">
-        <v>16.4429516</v>
+        <v>13.8199206</v>
       </c>
       <c r="G334">
-        <v>100.3482329</v>
+        <v>100.0621676</v>
       </c>
     </row>
     <row r="335" spans="1:7">
       <c r="A335" t="s">
-        <v>446</v>
+        <v>295</v>
       </c>
       <c r="B335" t="s">
-        <v>103</v>
+        <v>50</v>
       </c>
       <c r="F335">
-        <v>13.5990961</v>
+        <v>13.8199206</v>
       </c>
       <c r="G335">
-        <v>100.5998319</v>
+        <v>100.0621676</v>
       </c>
     </row>
     <row r="336" spans="1:7">
       <c r="A336" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="B336" t="s">
         <v>11</v>
+      </c>
+      <c r="C336" t="s">
+        <v>450</v>
+      </c>
+      <c r="D336" t="s">
+        <v>451</v>
+      </c>
+      <c r="E336">
+        <v>10400</v>
       </c>
       <c r="F336">
         <v>13.7278956</v>
       </c>
       <c r="G336">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="337" spans="1:7">
       <c r="A337" t="s">
-        <v>448</v>
+        <v>452</v>
       </c>
       <c r="B337" t="s">
         <v>11</v>
-      </c>
-[...4 lines deleted...]
-        <v>10110</v>
       </c>
       <c r="F337">
         <v>13.7278956</v>
       </c>
       <c r="G337">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="338" spans="1:7">
       <c r="A338" t="s">
-        <v>449</v>
+        <v>453</v>
       </c>
       <c r="B338" t="s">
-        <v>11</v>
+        <v>163</v>
       </c>
       <c r="F338">
-        <v>13.7278956</v>
+        <v>15.6930072</v>
       </c>
       <c r="G338">
-        <v>100.5241235</v>
+        <v>100.1225595</v>
       </c>
     </row>
     <row r="339" spans="1:7">
       <c r="A339" t="s">
-        <v>450</v>
+        <v>454</v>
       </c>
       <c r="B339" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>10110</v>
+        <v>455</v>
       </c>
       <c r="F339">
-        <v>13.7278956</v>
+        <v>9.9528702</v>
       </c>
       <c r="G339">
-        <v>100.5241235</v>
+        <v>98.6084641</v>
       </c>
     </row>
     <row r="340" spans="1:7">
       <c r="A340" t="s">
-        <v>216</v>
+        <v>456</v>
       </c>
       <c r="B340" t="s">
-        <v>11</v>
-[...8 lines deleted...]
-        <v>10110</v>
+        <v>62</v>
       </c>
       <c r="F340">
-        <v>13.7278956</v>
+        <v>13.8621125</v>
       </c>
       <c r="G340">
-        <v>100.5241235</v>
+        <v>100.5143528</v>
       </c>
     </row>
     <row r="341" spans="1:7">
       <c r="A341" t="s">
-        <v>376</v>
+        <v>457</v>
       </c>
       <c r="B341" t="s">
-        <v>13</v>
+        <v>93</v>
       </c>
       <c r="F341">
-        <v>13.3611431</v>
+        <v>7.9810496</v>
       </c>
       <c r="G341">
-        <v>100.9846717</v>
+        <v>98.3638824</v>
       </c>
     </row>
     <row r="342" spans="1:7">
       <c r="A342" t="s">
-        <v>452</v>
+        <v>458</v>
       </c>
       <c r="B342" t="s">
-        <v>11</v>
-[...8 lines deleted...]
-        <v>10110</v>
+        <v>459</v>
       </c>
       <c r="F342">
-        <v>13.7278956</v>
+        <v>10.4930496</v>
       </c>
       <c r="G342">
-        <v>100.5241235</v>
+        <v>99.1800199</v>
       </c>
     </row>
     <row r="343" spans="1:7">
       <c r="A343" t="s">
-        <v>453</v>
+        <v>460</v>
       </c>
       <c r="B343" t="s">
         <v>11</v>
+      </c>
+      <c r="E343">
+        <v>10120</v>
       </c>
       <c r="F343">
         <v>13.7278956</v>
       </c>
       <c r="G343">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="344" spans="1:7">
       <c r="A344" t="s">
-        <v>453</v>
+        <v>461</v>
       </c>
       <c r="B344" t="s">
-        <v>11</v>
+        <v>263</v>
       </c>
       <c r="F344">
-        <v>13.7278956</v>
+        <v>6.6238158</v>
       </c>
       <c r="G344">
-        <v>100.5241235</v>
+        <v>100.0673744</v>
       </c>
     </row>
     <row r="345" spans="1:7">
       <c r="A345" t="s">
-        <v>453</v>
+        <v>462</v>
       </c>
       <c r="B345" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="F345">
-        <v>13.7278956</v>
+        <v>9.1382389</v>
       </c>
       <c r="G345">
-        <v>100.5241235</v>
+        <v>99.3217483</v>
       </c>
     </row>
     <row r="346" spans="1:7">
       <c r="A346" t="s">
-        <v>454</v>
+        <v>463</v>
       </c>
       <c r="B346" t="s">
         <v>11</v>
       </c>
       <c r="F346">
         <v>13.7278956</v>
       </c>
       <c r="G346">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="347" spans="1:7">
       <c r="A347" t="s">
-        <v>455</v>
+        <v>464</v>
       </c>
       <c r="B347" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="F347">
-        <v>13.7278956</v>
+        <v>13.3611431</v>
       </c>
       <c r="G347">
-        <v>100.5241235</v>
+        <v>100.9846717</v>
       </c>
     </row>
     <row r="348" spans="1:7">
       <c r="A348" t="s">
-        <v>456</v>
+        <v>465</v>
       </c>
       <c r="B348" t="s">
-        <v>11</v>
+        <v>93</v>
       </c>
       <c r="F348">
-        <v>13.7278956</v>
+        <v>7.9810496</v>
       </c>
       <c r="G348">
-        <v>100.5241235</v>
+        <v>98.3638824</v>
       </c>
     </row>
     <row r="349" spans="1:7">
       <c r="A349" t="s">
-        <v>457</v>
+        <v>466</v>
       </c>
       <c r="B349" t="s">
-        <v>196</v>
+        <v>8</v>
       </c>
       <c r="F349">
-        <v>13.8199206</v>
+        <v>12.6833115</v>
       </c>
       <c r="G349">
-        <v>100.0621676</v>
+        <v>101.2374295</v>
       </c>
     </row>
     <row r="350" spans="1:7">
       <c r="A350" t="s">
-        <v>458</v>
+        <v>467</v>
       </c>
       <c r="B350" t="s">
-        <v>11</v>
+        <v>163</v>
       </c>
       <c r="F350">
-        <v>13.7278956</v>
+        <v>15.6930072</v>
       </c>
       <c r="G350">
-        <v>100.5241235</v>
+        <v>100.1225595</v>
       </c>
     </row>
     <row r="351" spans="1:7">
       <c r="A351" t="s">
-        <v>459</v>
+        <v>468</v>
       </c>
       <c r="B351" t="s">
-        <v>196</v>
+        <v>425</v>
       </c>
       <c r="F351">
-        <v>13.8199206</v>
+        <v>7.1756004</v>
       </c>
       <c r="G351">
-        <v>100.0621676</v>
+        <v>100.614347</v>
       </c>
     </row>
     <row r="352" spans="1:7">
       <c r="A352" t="s">
-        <v>460</v>
+        <v>469</v>
       </c>
       <c r="B352" t="s">
         <v>11</v>
       </c>
       <c r="F352">
         <v>13.7278956</v>
       </c>
       <c r="G352">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="353" spans="1:7">
       <c r="A353" t="s">
-        <v>461</v>
+        <v>470</v>
       </c>
       <c r="B353" t="s">
-        <v>196</v>
+        <v>213</v>
       </c>
       <c r="F353">
-        <v>13.8199206</v>
+        <v>16.4419355</v>
       </c>
       <c r="G353">
-        <v>100.0621676</v>
+        <v>102.8359921</v>
       </c>
     </row>
     <row r="354" spans="1:7">
       <c r="A354" t="s">
-        <v>462</v>
+        <v>471</v>
       </c>
       <c r="B354" t="s">
-        <v>196</v>
+        <v>93</v>
       </c>
       <c r="F354">
-        <v>13.8199206</v>
+        <v>7.9810496</v>
       </c>
       <c r="G354">
-        <v>100.0621676</v>
+        <v>98.3638824</v>
       </c>
     </row>
     <row r="355" spans="1:7">
       <c r="A355" t="s">
-        <v>463</v>
+        <v>472</v>
       </c>
       <c r="B355" t="s">
         <v>11</v>
       </c>
       <c r="F355">
         <v>13.7278956</v>
       </c>
       <c r="G355">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="356" spans="1:7">
       <c r="A356" t="s">
-        <v>462</v>
+        <v>473</v>
       </c>
       <c r="B356" t="s">
-        <v>196</v>
+        <v>93</v>
       </c>
       <c r="F356">
-        <v>13.8199206</v>
+        <v>7.9810496</v>
       </c>
       <c r="G356">
-        <v>100.0621676</v>
+        <v>98.3638824</v>
       </c>
     </row>
     <row r="357" spans="1:7">
       <c r="A357" t="s">
-        <v>464</v>
+        <v>474</v>
       </c>
       <c r="B357" t="s">
         <v>11</v>
       </c>
       <c r="F357">
         <v>13.7278956</v>
       </c>
       <c r="G357">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="358" spans="1:7">
       <c r="A358" t="s">
-        <v>462</v>
+        <v>475</v>
       </c>
       <c r="B358" t="s">
-        <v>196</v>
+        <v>301</v>
       </c>
       <c r="F358">
-        <v>13.8199206</v>
+        <v>11.812367</v>
       </c>
       <c r="G358">
-        <v>100.0621676</v>
+        <v>99.7973271</v>
       </c>
     </row>
     <row r="359" spans="1:7">
       <c r="A359" t="s">
-        <v>465</v>
+        <v>476</v>
       </c>
       <c r="B359" t="s">
-        <v>11</v>
+        <v>425</v>
       </c>
       <c r="F359">
-        <v>13.7278956</v>
+        <v>7.1756004</v>
       </c>
       <c r="G359">
-        <v>100.5241235</v>
+        <v>100.614347</v>
       </c>
     </row>
     <row r="360" spans="1:7">
       <c r="A360" t="s">
-        <v>376</v>
+        <v>477</v>
       </c>
       <c r="B360" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="F360">
-        <v>13.3611431</v>
+        <v>14.9798997</v>
       </c>
       <c r="G360">
-        <v>100.9846717</v>
+        <v>102.0977693</v>
       </c>
     </row>
     <row r="361" spans="1:7">
       <c r="A361" t="s">
-        <v>466</v>
+        <v>478</v>
       </c>
       <c r="B361" t="s">
-        <v>11</v>
+        <v>163</v>
       </c>
       <c r="F361">
-        <v>13.7278956</v>
+        <v>15.6930072</v>
       </c>
       <c r="G361">
-        <v>100.5241235</v>
+        <v>100.1225595</v>
       </c>
     </row>
     <row r="362" spans="1:7">
       <c r="A362" t="s">
-        <v>467</v>
+        <v>479</v>
       </c>
       <c r="B362" t="s">
-        <v>39</v>
+        <v>11</v>
       </c>
       <c r="F362">
-        <v>14.9930017</v>
+        <v>13.7278956</v>
       </c>
       <c r="G362">
-        <v>103.1029191</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="363" spans="1:7">
       <c r="A363" t="s">
-        <v>468</v>
+        <v>480</v>
       </c>
       <c r="B363" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="F363">
-        <v>7.9810496</v>
+        <v>13.7278956</v>
       </c>
       <c r="G363">
-        <v>98.3638824</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="364" spans="1:7">
       <c r="A364" t="s">
-        <v>469</v>
+        <v>481</v>
       </c>
       <c r="B364" t="s">
-        <v>60</v>
+        <v>482</v>
       </c>
       <c r="F364">
-        <v>8.4407456</v>
+        <v>16.542443</v>
       </c>
       <c r="G364">
-        <v>98.5193032</v>
+        <v>104.7209151</v>
       </c>
     </row>
     <row r="365" spans="1:7">
       <c r="A365" t="s">
-        <v>470</v>
+        <v>483</v>
       </c>
       <c r="B365" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="F365">
-        <v>13.7278956</v>
+        <v>13.3611431</v>
       </c>
       <c r="G365">
-        <v>100.5241235</v>
+        <v>100.9846717</v>
       </c>
     </row>
     <row r="366" spans="1:7">
       <c r="A366" t="s">
-        <v>471</v>
+        <v>484</v>
       </c>
       <c r="B366" t="s">
         <v>11</v>
       </c>
       <c r="F366">
         <v>13.7278956</v>
       </c>
       <c r="G366">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="367" spans="1:7">
       <c r="A367" t="s">
-        <v>472</v>
+        <v>485</v>
       </c>
       <c r="B367" t="s">
-        <v>20</v>
+        <v>93</v>
       </c>
       <c r="F367">
         <v>7.9810496</v>
       </c>
       <c r="G367">
         <v>98.3638824</v>
       </c>
     </row>
     <row r="368" spans="1:7">
       <c r="A368" t="s">
-        <v>473</v>
+        <v>486</v>
       </c>
       <c r="B368" t="s">
-        <v>474</v>
+        <v>8</v>
       </c>
       <c r="F368">
-        <v>14.5289154</v>
+        <v>12.6833115</v>
       </c>
       <c r="G368">
-        <v>100.9101421</v>
+        <v>101.2374295</v>
       </c>
     </row>
     <row r="369" spans="1:7">
       <c r="A369" t="s">
-        <v>475</v>
+        <v>487</v>
       </c>
       <c r="B369" t="s">
-        <v>137</v>
-[...8 lines deleted...]
-        <v>40000</v>
+        <v>93</v>
       </c>
       <c r="F369">
-        <v>16.461777</v>
+        <v>7.9810496</v>
       </c>
       <c r="G369">
-        <v>102.83011</v>
+        <v>98.3638824</v>
       </c>
     </row>
     <row r="370" spans="1:7">
       <c r="A370" t="s">
-        <v>476</v>
+        <v>488</v>
       </c>
       <c r="B370" t="s">
-        <v>81</v>
+        <v>93</v>
       </c>
       <c r="F370">
-        <v>15.6930072</v>
+        <v>7.9810496</v>
       </c>
       <c r="G370">
-        <v>100.1225595</v>
+        <v>98.3638824</v>
       </c>
     </row>
     <row r="371" spans="1:7">
       <c r="A371" t="s">
-        <v>477</v>
+        <v>489</v>
       </c>
       <c r="B371" t="s">
-        <v>81</v>
+        <v>11</v>
       </c>
       <c r="F371">
-        <v>15.6930072</v>
+        <v>13.7278956</v>
       </c>
       <c r="G371">
-        <v>100.1225595</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="372" spans="1:7">
       <c r="A372" t="s">
-        <v>478</v>
+        <v>490</v>
       </c>
       <c r="B372" t="s">
-        <v>26</v>
+        <v>108</v>
       </c>
       <c r="F372">
-        <v>13.8621125</v>
+        <v>16.4429516</v>
       </c>
       <c r="G372">
-        <v>100.5143528</v>
+        <v>100.3482329</v>
       </c>
     </row>
     <row r="373" spans="1:7">
       <c r="A373" t="s">
-        <v>479</v>
+        <v>491</v>
       </c>
       <c r="B373" t="s">
-        <v>372</v>
+        <v>492</v>
       </c>
       <c r="F373">
-        <v>15.8068173</v>
+        <v>14.0208391</v>
       </c>
       <c r="G373">
-        <v>102.0315027</v>
+        <v>100.5250276</v>
       </c>
     </row>
     <row r="374" spans="1:7">
       <c r="A374" t="s">
-        <v>480</v>
+        <v>493</v>
       </c>
       <c r="B374" t="s">
-        <v>137</v>
-[...8 lines deleted...]
-        <v>40000</v>
+        <v>50</v>
       </c>
       <c r="F374">
-        <v>16.461716</v>
+        <v>13.8199206</v>
       </c>
       <c r="G374">
-        <v>102.83039</v>
+        <v>100.0621676</v>
       </c>
     </row>
     <row r="375" spans="1:7">
       <c r="A375" t="s">
-        <v>481</v>
+        <v>494</v>
       </c>
       <c r="B375" t="s">
-        <v>60</v>
+        <v>11</v>
       </c>
       <c r="F375">
-        <v>8.4407456</v>
+        <v>13.7278956</v>
       </c>
       <c r="G375">
-        <v>98.5193032</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="376" spans="1:7">
       <c r="A376" t="s">
-        <v>482</v>
+        <v>495</v>
       </c>
       <c r="B376" t="s">
-        <v>81</v>
+        <v>93</v>
       </c>
       <c r="F376">
-        <v>15.6930072</v>
+        <v>7.9810496</v>
       </c>
       <c r="G376">
-        <v>100.1225595</v>
+        <v>98.3638824</v>
       </c>
     </row>
     <row r="377" spans="1:7">
       <c r="A377" t="s">
-        <v>483</v>
+        <v>496</v>
       </c>
       <c r="B377" t="s">
-        <v>11</v>
+        <v>93</v>
       </c>
       <c r="F377">
-        <v>13.7278956</v>
+        <v>7.9810496</v>
       </c>
       <c r="G377">
-        <v>100.5241235</v>
+        <v>98.3638824</v>
       </c>
     </row>
     <row r="378" spans="1:7">
       <c r="A378" t="s">
-        <v>484</v>
+        <v>497</v>
       </c>
       <c r="B378" t="s">
-        <v>11</v>
+        <v>498</v>
+      </c>
+      <c r="C378" t="s">
+        <v>499</v>
+      </c>
+      <c r="D378" t="s">
+        <v>500</v>
+      </c>
+      <c r="E378">
+        <v>67260</v>
       </c>
       <c r="F378">
-        <v>13.7278956</v>
+        <v>16.4189807</v>
       </c>
       <c r="G378">
-        <v>100.5241235</v>
+        <v>101.1550926</v>
       </c>
     </row>
     <row r="379" spans="1:7">
       <c r="A379" t="s">
-        <v>485</v>
+        <v>141</v>
       </c>
       <c r="B379" t="s">
-        <v>39</v>
+        <v>11</v>
       </c>
       <c r="F379">
-        <v>14.9930017</v>
+        <v>13.7278956</v>
       </c>
       <c r="G379">
-        <v>103.1029191</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="380" spans="1:7">
       <c r="A380" t="s">
-        <v>486</v>
+        <v>501</v>
       </c>
       <c r="B380" t="s">
-        <v>487</v>
+        <v>11</v>
       </c>
       <c r="F380">
-        <v>8.0862997</v>
+        <v>13.7278956</v>
       </c>
       <c r="G380">
-        <v>98.9062835</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="381" spans="1:7">
       <c r="A381" t="s">
-        <v>488</v>
+        <v>502</v>
       </c>
       <c r="B381" t="s">
         <v>11</v>
-      </c>
-[...7 lines deleted...]
-        <v>10240</v>
       </c>
       <c r="F381">
         <v>13.7278956</v>
       </c>
       <c r="G381">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="382" spans="1:7">
       <c r="A382" t="s">
-        <v>489</v>
+        <v>503</v>
       </c>
       <c r="B382" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="F382">
-        <v>13.7278956</v>
+        <v>12.6833115</v>
       </c>
       <c r="G382">
-        <v>100.5241235</v>
+        <v>101.2374295</v>
       </c>
     </row>
     <row r="383" spans="1:7">
       <c r="A383" t="s">
-        <v>490</v>
+        <v>504</v>
       </c>
       <c r="B383" t="s">
-        <v>196</v>
+        <v>163</v>
       </c>
       <c r="F383">
-        <v>13.8199206</v>
+        <v>15.6930072</v>
       </c>
       <c r="G383">
-        <v>100.0621676</v>
+        <v>100.1225595</v>
       </c>
     </row>
     <row r="384" spans="1:7">
       <c r="A384" t="s">
-        <v>473</v>
+        <v>505</v>
       </c>
       <c r="B384" t="s">
-        <v>474</v>
+        <v>11</v>
       </c>
       <c r="F384">
-        <v>14.5289154</v>
+        <v>13.7278956</v>
       </c>
       <c r="G384">
-        <v>100.9101421</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="385" spans="1:7">
       <c r="A385" t="s">
-        <v>473</v>
+        <v>506</v>
       </c>
       <c r="B385" t="s">
-        <v>474</v>
+        <v>52</v>
       </c>
       <c r="F385">
-        <v>14.5289154</v>
+        <v>9.1382389</v>
       </c>
       <c r="G385">
-        <v>100.9101421</v>
+        <v>99.3217483</v>
       </c>
     </row>
     <row r="386" spans="1:7">
       <c r="A386" t="s">
-        <v>491</v>
+        <v>507</v>
       </c>
       <c r="B386" t="s">
         <v>11</v>
       </c>
       <c r="F386">
         <v>13.7278956</v>
       </c>
       <c r="G386">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="387" spans="1:7">
       <c r="A387" t="s">
-        <v>490</v>
+        <v>508</v>
       </c>
       <c r="B387" t="s">
-        <v>196</v>
+        <v>11</v>
       </c>
       <c r="F387">
-        <v>13.8199206</v>
+        <v>13.7278956</v>
       </c>
       <c r="G387">
-        <v>100.0621676</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="388" spans="1:7">
       <c r="A388" t="s">
-        <v>492</v>
+        <v>509</v>
       </c>
       <c r="B388" t="s">
         <v>11</v>
       </c>
       <c r="F388">
         <v>13.7278956</v>
       </c>
       <c r="G388">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="389" spans="1:7">
       <c r="A389" t="s">
-        <v>493</v>
+        <v>510</v>
       </c>
       <c r="B389" t="s">
-        <v>17</v>
+        <v>93</v>
       </c>
       <c r="F389">
-        <v>13.6904194</v>
+        <v>7.9810496</v>
       </c>
       <c r="G389">
-        <v>101.0779596</v>
+        <v>98.3638824</v>
       </c>
     </row>
     <row r="390" spans="1:7">
       <c r="A390" t="s">
-        <v>494</v>
+        <v>511</v>
       </c>
       <c r="B390" t="s">
-        <v>11</v>
+        <v>50</v>
       </c>
       <c r="F390">
-        <v>13.7278956</v>
+        <v>13.8199206</v>
       </c>
       <c r="G390">
-        <v>100.5241235</v>
+        <v>100.0621676</v>
       </c>
     </row>
     <row r="391" spans="1:7">
       <c r="A391" t="s">
-        <v>495</v>
+        <v>512</v>
       </c>
       <c r="B391" t="s">
         <v>11</v>
       </c>
       <c r="F391">
         <v>13.7278956</v>
       </c>
       <c r="G391">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="392" spans="1:7">
       <c r="A392" t="s">
-        <v>496</v>
+        <v>513</v>
       </c>
       <c r="B392" t="s">
-        <v>11</v>
+        <v>108</v>
       </c>
       <c r="F392">
-        <v>13.7278956</v>
+        <v>16.4429516</v>
       </c>
       <c r="G392">
-        <v>100.5241235</v>
+        <v>100.3482329</v>
       </c>
     </row>
     <row r="393" spans="1:7">
       <c r="A393" t="s">
-        <v>497</v>
+        <v>514</v>
       </c>
       <c r="B393" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="F393">
-        <v>13.7278956</v>
+        <v>13.5990961</v>
       </c>
       <c r="G393">
-        <v>100.5241235</v>
+        <v>100.5998319</v>
       </c>
     </row>
     <row r="394" spans="1:7">
       <c r="A394" t="s">
-        <v>380</v>
+        <v>515</v>
       </c>
       <c r="B394" t="s">
         <v>11</v>
       </c>
       <c r="F394">
         <v>13.7278956</v>
       </c>
       <c r="G394">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="395" spans="1:7">
       <c r="A395" t="s">
-        <v>498</v>
+        <v>516</v>
       </c>
       <c r="B395" t="s">
         <v>11</v>
+      </c>
+      <c r="C395" t="s">
+        <v>185</v>
+      </c>
+      <c r="E395">
+        <v>10110</v>
       </c>
       <c r="F395">
         <v>13.7278956</v>
       </c>
       <c r="G395">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="396" spans="1:7">
       <c r="A396" t="s">
-        <v>499</v>
+        <v>517</v>
       </c>
       <c r="B396" t="s">
         <v>11</v>
       </c>
       <c r="F396">
         <v>13.7278956</v>
       </c>
       <c r="G396">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="397" spans="1:7">
       <c r="A397" t="s">
-        <v>500</v>
+        <v>518</v>
       </c>
       <c r="B397" t="s">
-        <v>425</v>
+        <v>11</v>
+      </c>
+      <c r="E397">
+        <v>10110</v>
       </c>
       <c r="F397">
-        <v>14.0208391</v>
+        <v>13.7278956</v>
       </c>
       <c r="G397">
-        <v>100.5250276</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="398" spans="1:7">
       <c r="A398" t="s">
-        <v>501</v>
+        <v>289</v>
       </c>
       <c r="B398" t="s">
-        <v>474</v>
+        <v>11</v>
+      </c>
+      <c r="C398" t="s">
+        <v>72</v>
+      </c>
+      <c r="D398" t="s">
+        <v>78</v>
+      </c>
+      <c r="E398">
+        <v>10110</v>
       </c>
       <c r="F398">
-        <v>14.5289154</v>
+        <v>13.7278956</v>
       </c>
       <c r="G398">
-        <v>100.9101421</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="399" spans="1:7">
       <c r="A399" t="s">
-        <v>502</v>
+        <v>444</v>
       </c>
       <c r="B399" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="F399">
-        <v>13.7278956</v>
+        <v>13.3611431</v>
       </c>
       <c r="G399">
-        <v>100.5241235</v>
+        <v>100.9846717</v>
       </c>
     </row>
     <row r="400" spans="1:7">
       <c r="A400" t="s">
-        <v>503</v>
+        <v>519</v>
       </c>
       <c r="B400" t="s">
         <v>11</v>
+      </c>
+      <c r="C400" t="s">
+        <v>72</v>
+      </c>
+      <c r="D400" t="s">
+        <v>78</v>
+      </c>
+      <c r="E400">
+        <v>10110</v>
       </c>
       <c r="F400">
         <v>13.7278956</v>
       </c>
       <c r="G400">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="401" spans="1:7">
       <c r="A401" t="s">
-        <v>504</v>
+        <v>520</v>
       </c>
       <c r="B401" t="s">
         <v>11</v>
       </c>
       <c r="F401">
         <v>13.7278956</v>
       </c>
       <c r="G401">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="402" spans="1:7">
       <c r="A402" t="s">
-        <v>505</v>
+        <v>520</v>
       </c>
       <c r="B402" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="F402">
-        <v>13.8621125</v>
+        <v>13.7278956</v>
       </c>
       <c r="G402">
-        <v>100.5143528</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="403" spans="1:7">
       <c r="A403" t="s">
-        <v>506</v>
+        <v>520</v>
       </c>
       <c r="B403" t="s">
-        <v>391</v>
+        <v>11</v>
       </c>
       <c r="F403">
-        <v>10.4930496</v>
+        <v>13.7278956</v>
       </c>
       <c r="G403">
-        <v>99.1800199</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="404" spans="1:7">
       <c r="A404" t="s">
-        <v>507</v>
+        <v>521</v>
       </c>
       <c r="B404" t="s">
         <v>11</v>
       </c>
       <c r="F404">
         <v>13.7278956</v>
       </c>
       <c r="G404">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="405" spans="1:7">
       <c r="A405" t="s">
-        <v>508</v>
+        <v>522</v>
       </c>
       <c r="B405" t="s">
-        <v>229</v>
+        <v>11</v>
       </c>
       <c r="F405">
-        <v>11.812367</v>
+        <v>13.7278956</v>
       </c>
       <c r="G405">
-        <v>99.7973271</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="406" spans="1:7">
       <c r="A406" t="s">
-        <v>509</v>
+        <v>523</v>
       </c>
       <c r="B406" t="s">
         <v>11</v>
       </c>
       <c r="F406">
         <v>13.7278956</v>
       </c>
       <c r="G406">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="407" spans="1:7">
       <c r="A407" t="s">
-        <v>510</v>
+        <v>524</v>
       </c>
       <c r="B407" t="s">
-        <v>474</v>
+        <v>50</v>
       </c>
       <c r="F407">
-        <v>14.5289154</v>
+        <v>13.8199206</v>
       </c>
       <c r="G407">
-        <v>100.9101421</v>
+        <v>100.0621676</v>
       </c>
     </row>
     <row r="408" spans="1:7">
       <c r="A408" t="s">
-        <v>511</v>
+        <v>525</v>
       </c>
       <c r="B408" t="s">
         <v>11</v>
       </c>
       <c r="F408">
         <v>13.7278956</v>
       </c>
       <c r="G408">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="409" spans="1:7">
       <c r="A409" t="s">
-        <v>512</v>
+        <v>526</v>
       </c>
       <c r="B409" t="s">
-        <v>196</v>
+        <v>50</v>
       </c>
       <c r="F409">
         <v>13.8199206</v>
       </c>
       <c r="G409">
         <v>100.0621676</v>
       </c>
     </row>
     <row r="410" spans="1:7">
       <c r="A410" t="s">
-        <v>513</v>
+        <v>527</v>
       </c>
       <c r="B410" t="s">
         <v>11</v>
       </c>
       <c r="F410">
         <v>13.7278956</v>
       </c>
       <c r="G410">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="411" spans="1:7">
       <c r="A411" t="s">
-        <v>514</v>
+        <v>528</v>
       </c>
       <c r="B411" t="s">
-        <v>196</v>
+        <v>50</v>
       </c>
       <c r="F411">
         <v>13.8199206</v>
       </c>
       <c r="G411">
         <v>100.0621676</v>
       </c>
     </row>
     <row r="412" spans="1:7">
       <c r="A412" t="s">
-        <v>515</v>
+        <v>529</v>
       </c>
       <c r="B412" t="s">
-        <v>26</v>
+        <v>50</v>
       </c>
       <c r="F412">
-        <v>13.8621125</v>
+        <v>13.8199206</v>
       </c>
       <c r="G412">
-        <v>100.5143528</v>
+        <v>100.0621676</v>
       </c>
     </row>
     <row r="413" spans="1:7">
       <c r="A413" t="s">
-        <v>516</v>
+        <v>530</v>
       </c>
       <c r="B413" t="s">
-        <v>196</v>
+        <v>11</v>
       </c>
       <c r="F413">
-        <v>13.8199206</v>
+        <v>13.7278956</v>
       </c>
       <c r="G413">
-        <v>100.0621676</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="414" spans="1:7">
       <c r="A414" t="s">
-        <v>517</v>
+        <v>529</v>
       </c>
       <c r="B414" t="s">
-        <v>188</v>
+        <v>50</v>
       </c>
       <c r="F414">
-        <v>6.6238158</v>
+        <v>13.8199206</v>
       </c>
       <c r="G414">
-        <v>100.0673744</v>
+        <v>100.0621676</v>
       </c>
     </row>
     <row r="415" spans="1:7">
       <c r="A415" t="s">
-        <v>518</v>
+        <v>531</v>
       </c>
       <c r="B415" t="s">
         <v>11</v>
       </c>
       <c r="F415">
         <v>13.7278956</v>
       </c>
       <c r="G415">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="416" spans="1:7">
       <c r="A416" t="s">
-        <v>519</v>
+        <v>529</v>
       </c>
       <c r="B416" t="s">
-        <v>11</v>
+        <v>50</v>
       </c>
       <c r="F416">
-        <v>13.7278956</v>
+        <v>13.8199206</v>
       </c>
       <c r="G416">
-        <v>100.5241235</v>
+        <v>100.0621676</v>
       </c>
     </row>
     <row r="417" spans="1:7">
       <c r="A417" t="s">
-        <v>520</v>
+        <v>532</v>
       </c>
       <c r="B417" t="s">
         <v>11</v>
       </c>
       <c r="F417">
         <v>13.7278956</v>
       </c>
       <c r="G417">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="418" spans="1:7">
       <c r="A418" t="s">
-        <v>521</v>
+        <v>444</v>
       </c>
       <c r="B418" t="s">
-        <v>196</v>
+        <v>13</v>
       </c>
       <c r="F418">
-        <v>13.8199206</v>
+        <v>13.3611431</v>
       </c>
       <c r="G418">
-        <v>100.0621676</v>
+        <v>100.9846717</v>
       </c>
     </row>
     <row r="419" spans="1:7">
       <c r="A419" t="s">
-        <v>522</v>
+        <v>533</v>
       </c>
       <c r="B419" t="s">
-        <v>41</v>
+        <v>11</v>
       </c>
       <c r="F419">
-        <v>18.7877477</v>
+        <v>13.7278956</v>
       </c>
       <c r="G419">
-        <v>98.9931311</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="420" spans="1:7">
       <c r="A420" t="s">
-        <v>523</v>
+        <v>534</v>
       </c>
       <c r="B420" t="s">
-        <v>369</v>
+        <v>127</v>
       </c>
       <c r="F420">
-        <v>8.4303975</v>
+        <v>14.9930017</v>
       </c>
       <c r="G420">
-        <v>99.9631219</v>
+        <v>103.1029191</v>
       </c>
     </row>
     <row r="421" spans="1:7">
       <c r="A421" t="s">
-        <v>524</v>
+        <v>535</v>
       </c>
       <c r="B421" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="F421">
-        <v>12.6833115</v>
+        <v>7.9810496</v>
       </c>
       <c r="G421">
-        <v>101.2374295</v>
+        <v>98.3638824</v>
       </c>
     </row>
     <row r="422" spans="1:7">
       <c r="A422" t="s">
-        <v>525</v>
+        <v>536</v>
       </c>
       <c r="B422" t="s">
-        <v>11</v>
+        <v>145</v>
       </c>
       <c r="F422">
-        <v>13.7278956</v>
+        <v>8.4407456</v>
       </c>
       <c r="G422">
-        <v>100.5241235</v>
+        <v>98.5193032</v>
       </c>
     </row>
     <row r="423" spans="1:7">
       <c r="A423" t="s">
-        <v>526</v>
+        <v>537</v>
       </c>
       <c r="B423" t="s">
         <v>11</v>
       </c>
       <c r="F423">
         <v>13.7278956</v>
       </c>
       <c r="G423">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="424" spans="1:7">
       <c r="A424" t="s">
-        <v>527</v>
+        <v>538</v>
       </c>
       <c r="B424" t="s">
         <v>11</v>
       </c>
       <c r="F424">
         <v>13.7278956</v>
       </c>
       <c r="G424">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="425" spans="1:7">
       <c r="A425" t="s">
-        <v>528</v>
+        <v>539</v>
       </c>
       <c r="B425" t="s">
-        <v>196</v>
+        <v>93</v>
       </c>
       <c r="F425">
-        <v>13.8199206</v>
+        <v>7.9810496</v>
       </c>
       <c r="G425">
-        <v>100.0621676</v>
+        <v>98.3638824</v>
       </c>
     </row>
     <row r="426" spans="1:7">
       <c r="A426" t="s">
-        <v>529</v>
+        <v>540</v>
       </c>
       <c r="B426" t="s">
-        <v>11</v>
+        <v>541</v>
       </c>
       <c r="F426">
-        <v>13.7278956</v>
+        <v>14.5289154</v>
       </c>
       <c r="G426">
-        <v>100.5241235</v>
+        <v>100.9101421</v>
       </c>
     </row>
     <row r="427" spans="1:7">
       <c r="A427" t="s">
-        <v>530</v>
+        <v>542</v>
       </c>
       <c r="B427" t="s">
-        <v>196</v>
+        <v>213</v>
+      </c>
+      <c r="C427" t="s">
+        <v>214</v>
+      </c>
+      <c r="D427" t="s">
+        <v>250</v>
+      </c>
+      <c r="E427">
+        <v>40000</v>
       </c>
       <c r="F427">
-        <v>13.8199206</v>
+        <v>16.461777</v>
       </c>
       <c r="G427">
-        <v>100.0621676</v>
+        <v>102.83011</v>
       </c>
     </row>
     <row r="428" spans="1:7">
       <c r="A428" t="s">
-        <v>531</v>
+        <v>543</v>
       </c>
       <c r="B428" t="s">
-        <v>196</v>
+        <v>163</v>
       </c>
       <c r="F428">
-        <v>13.8199206</v>
+        <v>15.6930072</v>
       </c>
       <c r="G428">
-        <v>100.0621676</v>
+        <v>100.1225595</v>
       </c>
     </row>
     <row r="429" spans="1:7">
       <c r="A429" t="s">
-        <v>532</v>
+        <v>544</v>
       </c>
       <c r="B429" t="s">
-        <v>11</v>
+        <v>163</v>
       </c>
       <c r="F429">
-        <v>13.7278956</v>
+        <v>15.6930072</v>
       </c>
       <c r="G429">
-        <v>100.5241235</v>
+        <v>100.1225595</v>
       </c>
     </row>
     <row r="430" spans="1:7">
       <c r="A430" t="s">
-        <v>533</v>
+        <v>545</v>
       </c>
       <c r="B430" t="s">
-        <v>20</v>
+        <v>62</v>
       </c>
       <c r="F430">
-        <v>7.9810496</v>
+        <v>13.8621125</v>
       </c>
       <c r="G430">
-        <v>98.3638824</v>
+        <v>100.5143528</v>
       </c>
     </row>
     <row r="431" spans="1:7">
       <c r="A431" t="s">
-        <v>534</v>
+        <v>546</v>
       </c>
       <c r="B431" t="s">
-        <v>11</v>
+        <v>48</v>
       </c>
       <c r="F431">
-        <v>13.7278956</v>
+        <v>15.8068173</v>
       </c>
       <c r="G431">
-        <v>100.5241235</v>
+        <v>102.0315027</v>
       </c>
     </row>
     <row r="432" spans="1:7">
       <c r="A432" t="s">
-        <v>535</v>
+        <v>547</v>
       </c>
       <c r="B432" t="s">
-        <v>11</v>
+        <v>213</v>
+      </c>
+      <c r="C432" t="s">
+        <v>214</v>
+      </c>
+      <c r="D432" t="s">
+        <v>250</v>
+      </c>
+      <c r="E432">
+        <v>40000</v>
       </c>
       <c r="F432">
-        <v>13.7278956</v>
+        <v>16.461716</v>
       </c>
       <c r="G432">
-        <v>100.5241235</v>
+        <v>102.83039</v>
       </c>
     </row>
     <row r="433" spans="1:7">
       <c r="A433" t="s">
-        <v>536</v>
+        <v>548</v>
       </c>
       <c r="B433" t="s">
-        <v>11</v>
+        <v>145</v>
       </c>
       <c r="F433">
-        <v>13.7278956</v>
+        <v>8.4407456</v>
       </c>
       <c r="G433">
-        <v>100.5241235</v>
+        <v>98.5193032</v>
       </c>
     </row>
     <row r="434" spans="1:7">
       <c r="A434" t="s">
-        <v>537</v>
+        <v>549</v>
       </c>
       <c r="B434" t="s">
-        <v>188</v>
+        <v>163</v>
       </c>
       <c r="F434">
-        <v>6.6238158</v>
+        <v>15.6930072</v>
       </c>
       <c r="G434">
-        <v>100.0673744</v>
+        <v>100.1225595</v>
       </c>
     </row>
     <row r="435" spans="1:7">
       <c r="A435" t="s">
-        <v>538</v>
+        <v>550</v>
       </c>
       <c r="B435" t="s">
         <v>11</v>
       </c>
       <c r="F435">
         <v>13.7278956</v>
       </c>
       <c r="G435">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="436" spans="1:7">
       <c r="A436" t="s">
-        <v>539</v>
+        <v>551</v>
       </c>
       <c r="B436" t="s">
-        <v>196</v>
+        <v>11</v>
       </c>
       <c r="F436">
-        <v>13.8199206</v>
+        <v>13.7278956</v>
       </c>
       <c r="G436">
-        <v>100.0621676</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="437" spans="1:7">
       <c r="A437" t="s">
-        <v>540</v>
+        <v>552</v>
       </c>
       <c r="B437" t="s">
-        <v>20</v>
+        <v>127</v>
       </c>
       <c r="F437">
-        <v>7.9810496</v>
+        <v>14.9930017</v>
       </c>
       <c r="G437">
-        <v>98.3638824</v>
+        <v>103.1029191</v>
       </c>
     </row>
     <row r="438" spans="1:7">
       <c r="A438" t="s">
-        <v>540</v>
+        <v>553</v>
       </c>
       <c r="B438" t="s">
-        <v>20</v>
+        <v>554</v>
       </c>
       <c r="F438">
-        <v>7.9810496</v>
+        <v>8.0862997</v>
       </c>
       <c r="G438">
-        <v>98.3638824</v>
+        <v>98.9062835</v>
       </c>
     </row>
     <row r="439" spans="1:7">
       <c r="A439" t="s">
-        <v>541</v>
+        <v>555</v>
       </c>
       <c r="B439" t="s">
         <v>11</v>
+      </c>
+      <c r="C439" t="s">
+        <v>84</v>
+      </c>
+      <c r="D439" t="s">
+        <v>85</v>
+      </c>
+      <c r="E439">
+        <v>10240</v>
       </c>
       <c r="F439">
         <v>13.7278956</v>
       </c>
       <c r="G439">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="440" spans="1:7">
       <c r="A440" t="s">
-        <v>542</v>
+        <v>556</v>
       </c>
       <c r="B440" t="s">
         <v>11</v>
       </c>
       <c r="F440">
         <v>13.7278956</v>
       </c>
       <c r="G440">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="441" spans="1:7">
       <c r="A441" t="s">
-        <v>543</v>
+        <v>557</v>
       </c>
       <c r="B441" t="s">
-        <v>188</v>
+        <v>50</v>
       </c>
       <c r="F441">
-        <v>6.6238158</v>
+        <v>13.8199206</v>
       </c>
       <c r="G441">
-        <v>100.0673744</v>
+        <v>100.0621676</v>
       </c>
     </row>
     <row r="442" spans="1:7">
       <c r="A442" t="s">
-        <v>544</v>
+        <v>540</v>
       </c>
       <c r="B442" t="s">
-        <v>20</v>
+        <v>541</v>
       </c>
       <c r="F442">
-        <v>7.9810496</v>
+        <v>14.5289154</v>
       </c>
       <c r="G442">
-        <v>98.3638824</v>
+        <v>100.9101421</v>
       </c>
     </row>
     <row r="443" spans="1:7">
       <c r="A443" t="s">
-        <v>545</v>
+        <v>540</v>
       </c>
       <c r="B443" t="s">
-        <v>372</v>
+        <v>541</v>
       </c>
       <c r="F443">
-        <v>15.8068173</v>
+        <v>14.5289154</v>
       </c>
       <c r="G443">
-        <v>102.0315027</v>
+        <v>100.9101421</v>
       </c>
     </row>
     <row r="444" spans="1:7">
       <c r="A444" t="s">
-        <v>546</v>
+        <v>558</v>
       </c>
       <c r="B444" t="s">
         <v>11</v>
       </c>
       <c r="F444">
         <v>13.7278956</v>
       </c>
       <c r="G444">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="445" spans="1:7">
       <c r="A445" t="s">
-        <v>547</v>
+        <v>557</v>
       </c>
       <c r="B445" t="s">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="F445">
-        <v>7.9810496</v>
+        <v>13.8199206</v>
       </c>
       <c r="G445">
-        <v>98.3638824</v>
+        <v>100.0621676</v>
       </c>
     </row>
     <row r="446" spans="1:7">
       <c r="A446" t="s">
-        <v>548</v>
+        <v>559</v>
       </c>
       <c r="B446" t="s">
-        <v>196</v>
+        <v>11</v>
       </c>
       <c r="F446">
-        <v>13.8199206</v>
+        <v>13.7278956</v>
       </c>
       <c r="G446">
-        <v>100.0621676</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="447" spans="1:7">
       <c r="A447" t="s">
-        <v>549</v>
+        <v>560</v>
       </c>
       <c r="B447" t="s">
-        <v>11</v>
+        <v>114</v>
       </c>
       <c r="F447">
-        <v>13.7278956</v>
+        <v>13.6904194</v>
       </c>
       <c r="G447">
-        <v>100.5241235</v>
+        <v>101.0779596</v>
       </c>
     </row>
     <row r="448" spans="1:7">
       <c r="A448" t="s">
-        <v>550</v>
+        <v>561</v>
       </c>
       <c r="B448" t="s">
         <v>11</v>
       </c>
       <c r="F448">
         <v>13.7278956</v>
       </c>
       <c r="G448">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="449" spans="1:7">
       <c r="A449" t="s">
-        <v>551</v>
+        <v>562</v>
       </c>
       <c r="B449" t="s">
-        <v>196</v>
+        <v>11</v>
       </c>
       <c r="F449">
-        <v>13.8199206</v>
+        <v>13.7278956</v>
       </c>
       <c r="G449">
-        <v>100.0621676</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="450" spans="1:7">
       <c r="A450" t="s">
-        <v>514</v>
+        <v>563</v>
       </c>
       <c r="B450" t="s">
-        <v>196</v>
+        <v>11</v>
       </c>
       <c r="F450">
-        <v>13.8199206</v>
+        <v>13.7278956</v>
       </c>
       <c r="G450">
-        <v>100.0621676</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="451" spans="1:7">
       <c r="A451" t="s">
-        <v>542</v>
+        <v>564</v>
       </c>
       <c r="B451" t="s">
         <v>11</v>
       </c>
       <c r="F451">
         <v>13.7278956</v>
       </c>
       <c r="G451">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="452" spans="1:7">
       <c r="A452" t="s">
-        <v>514</v>
+        <v>448</v>
       </c>
       <c r="B452" t="s">
-        <v>196</v>
+        <v>11</v>
       </c>
       <c r="F452">
-        <v>13.8199206</v>
+        <v>13.7278956</v>
       </c>
       <c r="G452">
-        <v>100.0621676</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="453" spans="1:7">
       <c r="A453" t="s">
-        <v>514</v>
+        <v>565</v>
       </c>
       <c r="B453" t="s">
-        <v>196</v>
+        <v>11</v>
       </c>
       <c r="F453">
-        <v>13.8199206</v>
+        <v>13.7278956</v>
       </c>
       <c r="G453">
-        <v>100.0621676</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="454" spans="1:7">
       <c r="A454" t="s">
-        <v>552</v>
+        <v>566</v>
       </c>
       <c r="B454" t="s">
-        <v>196</v>
+        <v>11</v>
       </c>
       <c r="F454">
-        <v>13.8199206</v>
+        <v>13.7278956</v>
       </c>
       <c r="G454">
-        <v>100.0621676</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="455" spans="1:7">
       <c r="A455" t="s">
-        <v>553</v>
+        <v>567</v>
       </c>
       <c r="B455" t="s">
-        <v>196</v>
+        <v>492</v>
       </c>
       <c r="F455">
-        <v>13.8199206</v>
+        <v>14.0208391</v>
       </c>
       <c r="G455">
-        <v>100.0621676</v>
+        <v>100.5250276</v>
       </c>
     </row>
     <row r="456" spans="1:7">
       <c r="A456" t="s">
-        <v>554</v>
+        <v>568</v>
       </c>
       <c r="B456" t="s">
-        <v>11</v>
+        <v>541</v>
       </c>
       <c r="F456">
-        <v>13.7278956</v>
+        <v>14.5289154</v>
       </c>
       <c r="G456">
-        <v>100.5241235</v>
+        <v>100.9101421</v>
       </c>
     </row>
     <row r="457" spans="1:7">
       <c r="A457" t="s">
-        <v>555</v>
+        <v>569</v>
       </c>
       <c r="B457" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="F457">
-        <v>7.9810496</v>
+        <v>13.7278956</v>
       </c>
       <c r="G457">
-        <v>98.3638824</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="458" spans="1:7">
       <c r="A458" t="s">
-        <v>556</v>
+        <v>570</v>
       </c>
       <c r="B458" t="s">
-        <v>557</v>
+        <v>11</v>
       </c>
       <c r="F458">
-        <v>14.7995081</v>
+        <v>13.7278956</v>
       </c>
       <c r="G458">
-        <v>100.6533706</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="459" spans="1:7">
       <c r="A459" t="s">
-        <v>558</v>
+        <v>571</v>
       </c>
       <c r="B459" t="s">
         <v>11</v>
       </c>
       <c r="F459">
         <v>13.7278956</v>
       </c>
       <c r="G459">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="460" spans="1:7">
       <c r="A460" t="s">
-        <v>559</v>
+        <v>572</v>
       </c>
       <c r="B460" t="s">
-        <v>11</v>
+        <v>62</v>
       </c>
       <c r="F460">
-        <v>13.7278956</v>
+        <v>13.8621125</v>
       </c>
       <c r="G460">
-        <v>100.5241235</v>
+        <v>100.5143528</v>
       </c>
     </row>
     <row r="461" spans="1:7">
       <c r="A461" t="s">
-        <v>560</v>
+        <v>573</v>
       </c>
       <c r="B461" t="s">
-        <v>196</v>
+        <v>459</v>
       </c>
       <c r="F461">
-        <v>13.8199206</v>
+        <v>10.4930496</v>
       </c>
       <c r="G461">
-        <v>100.0621676</v>
+        <v>99.1800199</v>
       </c>
     </row>
     <row r="462" spans="1:7">
       <c r="A462" t="s">
-        <v>561</v>
+        <v>574</v>
       </c>
       <c r="B462" t="s">
-        <v>126</v>
+        <v>11</v>
       </c>
       <c r="F462">
-        <v>14.4744892</v>
+        <v>13.7278956</v>
       </c>
       <c r="G462">
-        <v>100.1177128</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="463" spans="1:7">
       <c r="A463" t="s">
-        <v>562</v>
+        <v>575</v>
       </c>
       <c r="B463" t="s">
-        <v>11</v>
+        <v>301</v>
       </c>
       <c r="F463">
-        <v>13.7278956</v>
+        <v>11.812367</v>
       </c>
       <c r="G463">
-        <v>100.5241235</v>
+        <v>99.7973271</v>
       </c>
     </row>
     <row r="464" spans="1:7">
       <c r="A464" t="s">
-        <v>563</v>
+        <v>576</v>
       </c>
       <c r="B464" t="s">
         <v>11</v>
       </c>
       <c r="F464">
         <v>13.7278956</v>
       </c>
       <c r="G464">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="465" spans="1:7">
       <c r="A465" t="s">
-        <v>564</v>
+        <v>577</v>
       </c>
       <c r="B465" t="s">
-        <v>11</v>
+        <v>541</v>
       </c>
       <c r="F465">
-        <v>13.7278956</v>
+        <v>14.5289154</v>
       </c>
       <c r="G465">
-        <v>100.5241235</v>
+        <v>100.9101421</v>
       </c>
     </row>
     <row r="466" spans="1:7">
       <c r="A466" t="s">
-        <v>565</v>
+        <v>578</v>
       </c>
       <c r="B466" t="s">
-        <v>196</v>
+        <v>11</v>
       </c>
       <c r="F466">
-        <v>13.8199206</v>
+        <v>13.7278956</v>
       </c>
       <c r="G466">
-        <v>100.0621676</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="467" spans="1:7">
       <c r="A467" t="s">
-        <v>566</v>
+        <v>579</v>
       </c>
       <c r="B467" t="s">
-        <v>567</v>
+        <v>50</v>
       </c>
       <c r="F467">
-        <v>15.3835001</v>
+        <v>13.8199206</v>
       </c>
       <c r="G467">
-        <v>100.0245527</v>
+        <v>100.0621676</v>
       </c>
     </row>
     <row r="468" spans="1:7">
       <c r="A468" t="s">
-        <v>486</v>
+        <v>580</v>
       </c>
       <c r="B468" t="s">
         <v>11</v>
       </c>
       <c r="F468">
         <v>13.7278956</v>
       </c>
       <c r="G468">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="469" spans="1:7">
       <c r="A469" t="s">
-        <v>362</v>
+        <v>581</v>
       </c>
       <c r="B469" t="s">
-        <v>196</v>
+        <v>50</v>
       </c>
       <c r="F469">
         <v>13.8199206</v>
       </c>
       <c r="G469">
         <v>100.0621676</v>
       </c>
     </row>
     <row r="470" spans="1:7">
       <c r="A470" t="s">
-        <v>568</v>
+        <v>582</v>
       </c>
       <c r="B470" t="s">
-        <v>11</v>
+        <v>62</v>
       </c>
       <c r="F470">
-        <v>13.7278956</v>
+        <v>13.8621125</v>
       </c>
       <c r="G470">
-        <v>100.5241235</v>
+        <v>100.5143528</v>
       </c>
     </row>
     <row r="471" spans="1:7">
       <c r="A471" t="s">
-        <v>569</v>
+        <v>583</v>
       </c>
       <c r="B471" t="s">
-        <v>196</v>
+        <v>50</v>
       </c>
       <c r="F471">
         <v>13.8199206</v>
       </c>
       <c r="G471">
         <v>100.0621676</v>
       </c>
     </row>
     <row r="472" spans="1:7">
       <c r="A472" t="s">
-        <v>570</v>
+        <v>584</v>
       </c>
       <c r="B472" t="s">
-        <v>41</v>
+        <v>263</v>
       </c>
       <c r="F472">
-        <v>18.7877477</v>
+        <v>6.6238158</v>
       </c>
       <c r="G472">
-        <v>98.9931311</v>
+        <v>100.0673744</v>
       </c>
     </row>
     <row r="473" spans="1:7">
       <c r="A473" t="s">
-        <v>571</v>
+        <v>585</v>
       </c>
       <c r="B473" t="s">
-        <v>196</v>
+        <v>11</v>
       </c>
       <c r="F473">
-        <v>13.8199206</v>
+        <v>13.7278956</v>
       </c>
       <c r="G473">
-        <v>100.0621676</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="474" spans="1:7">
       <c r="A474" t="s">
-        <v>572</v>
+        <v>586</v>
       </c>
       <c r="B474" t="s">
         <v>11</v>
       </c>
       <c r="F474">
         <v>13.7278956</v>
       </c>
       <c r="G474">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="475" spans="1:7">
       <c r="A475" t="s">
-        <v>573</v>
+        <v>587</v>
       </c>
       <c r="B475" t="s">
-        <v>196</v>
+        <v>11</v>
       </c>
       <c r="F475">
-        <v>13.8199206</v>
+        <v>13.7278956</v>
       </c>
       <c r="G475">
-        <v>100.0621676</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="476" spans="1:7">
       <c r="A476" t="s">
-        <v>574</v>
+        <v>588</v>
       </c>
       <c r="B476" t="s">
-        <v>474</v>
+        <v>50</v>
       </c>
       <c r="F476">
-        <v>14.5289154</v>
+        <v>13.8199206</v>
       </c>
       <c r="G476">
-        <v>100.9101421</v>
+        <v>100.0621676</v>
       </c>
     </row>
     <row r="477" spans="1:7">
       <c r="A477" t="s">
-        <v>549</v>
+        <v>589</v>
       </c>
       <c r="B477" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
       <c r="F477">
-        <v>13.7278956</v>
+        <v>18.7877477</v>
       </c>
       <c r="G477">
-        <v>100.5241235</v>
+        <v>98.9931311</v>
       </c>
     </row>
     <row r="478" spans="1:7">
       <c r="A478" t="s">
-        <v>575</v>
+        <v>590</v>
       </c>
       <c r="B478" t="s">
-        <v>13</v>
+        <v>438</v>
       </c>
       <c r="F478">
-        <v>13.3611431</v>
+        <v>8.4303975</v>
       </c>
       <c r="G478">
-        <v>100.9846717</v>
+        <v>99.9631219</v>
       </c>
     </row>
     <row r="479" spans="1:7">
       <c r="A479" t="s">
-        <v>576</v>
+        <v>591</v>
       </c>
       <c r="B479" t="s">
-        <v>188</v>
+        <v>8</v>
       </c>
       <c r="F479">
-        <v>6.6238158</v>
+        <v>12.6833115</v>
       </c>
       <c r="G479">
-        <v>100.0673744</v>
+        <v>101.2374295</v>
       </c>
     </row>
     <row r="480" spans="1:7">
       <c r="A480" t="s">
-        <v>542</v>
+        <v>592</v>
       </c>
       <c r="B480" t="s">
         <v>11</v>
       </c>
       <c r="F480">
         <v>13.7278956</v>
       </c>
       <c r="G480">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="481" spans="1:7">
       <c r="A481" t="s">
-        <v>577</v>
+        <v>593</v>
       </c>
       <c r="B481" t="s">
         <v>11</v>
       </c>
       <c r="F481">
         <v>13.7278956</v>
       </c>
       <c r="G481">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="482" spans="1:7">
       <c r="A482" t="s">
-        <v>578</v>
+        <v>594</v>
       </c>
       <c r="B482" t="s">
         <v>11</v>
       </c>
       <c r="F482">
         <v>13.7278956</v>
       </c>
       <c r="G482">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="483" spans="1:7">
       <c r="A483" t="s">
-        <v>579</v>
+        <v>595</v>
       </c>
       <c r="B483" t="s">
-        <v>11</v>
+        <v>50</v>
       </c>
       <c r="F483">
-        <v>13.7278956</v>
+        <v>13.8199206</v>
       </c>
       <c r="G483">
-        <v>100.5241235</v>
+        <v>100.0621676</v>
       </c>
     </row>
     <row r="484" spans="1:7">
       <c r="A484" t="s">
-        <v>580</v>
+        <v>596</v>
       </c>
       <c r="B484" t="s">
-        <v>196</v>
+        <v>11</v>
       </c>
       <c r="F484">
-        <v>13.8199206</v>
+        <v>13.7278956</v>
       </c>
       <c r="G484">
-        <v>100.0621676</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="485" spans="1:7">
       <c r="A485" t="s">
-        <v>581</v>
+        <v>597</v>
       </c>
       <c r="B485" t="s">
-        <v>11</v>
+        <v>50</v>
       </c>
       <c r="F485">
-        <v>13.7278956</v>
+        <v>13.8199206</v>
       </c>
       <c r="G485">
-        <v>100.5241235</v>
+        <v>100.0621676</v>
       </c>
     </row>
     <row r="486" spans="1:7">
       <c r="A486" t="s">
-        <v>535</v>
+        <v>598</v>
       </c>
       <c r="B486" t="s">
-        <v>11</v>
+        <v>50</v>
       </c>
       <c r="F486">
-        <v>13.7278956</v>
+        <v>13.8199206</v>
       </c>
       <c r="G486">
-        <v>100.5241235</v>
+        <v>100.0621676</v>
       </c>
     </row>
     <row r="487" spans="1:7">
       <c r="A487" t="s">
-        <v>582</v>
+        <v>599</v>
       </c>
       <c r="B487" t="s">
         <v>11</v>
       </c>
       <c r="F487">
         <v>13.7278956</v>
       </c>
       <c r="G487">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="488" spans="1:7">
       <c r="A488" t="s">
-        <v>583</v>
+        <v>600</v>
       </c>
       <c r="B488" t="s">
-        <v>196</v>
+        <v>93</v>
       </c>
       <c r="F488">
-        <v>13.8199206</v>
+        <v>7.9810496</v>
       </c>
       <c r="G488">
-        <v>100.0621676</v>
+        <v>98.3638824</v>
       </c>
     </row>
     <row r="489" spans="1:7">
       <c r="A489" t="s">
-        <v>584</v>
+        <v>601</v>
       </c>
       <c r="B489" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="F489">
-        <v>13.3611431</v>
+        <v>13.7278956</v>
       </c>
       <c r="G489">
-        <v>100.9846717</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="490" spans="1:7">
       <c r="A490" t="s">
-        <v>585</v>
+        <v>602</v>
       </c>
       <c r="B490" t="s">
-        <v>474</v>
+        <v>11</v>
       </c>
       <c r="F490">
-        <v>14.5289154</v>
+        <v>13.7278956</v>
       </c>
       <c r="G490">
-        <v>100.9101421</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="491" spans="1:7">
       <c r="A491" t="s">
-        <v>482</v>
+        <v>603</v>
       </c>
       <c r="B491" t="s">
-        <v>81</v>
+        <v>11</v>
       </c>
       <c r="F491">
-        <v>15.6930072</v>
+        <v>13.7278956</v>
       </c>
       <c r="G491">
-        <v>100.1225595</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="492" spans="1:7">
       <c r="A492" t="s">
-        <v>586</v>
+        <v>604</v>
       </c>
       <c r="B492" t="s">
-        <v>11</v>
+        <v>263</v>
       </c>
       <c r="F492">
-        <v>13.7278956</v>
+        <v>6.6238158</v>
       </c>
       <c r="G492">
-        <v>100.5241235</v>
+        <v>100.0673744</v>
       </c>
     </row>
     <row r="493" spans="1:7">
       <c r="A493" t="s">
-        <v>587</v>
+        <v>605</v>
       </c>
       <c r="B493" t="s">
         <v>11</v>
       </c>
       <c r="F493">
         <v>13.7278956</v>
       </c>
       <c r="G493">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="494" spans="1:7">
       <c r="A494" t="s">
-        <v>588</v>
+        <v>606</v>
       </c>
       <c r="B494" t="s">
-        <v>11</v>
+        <v>50</v>
       </c>
       <c r="F494">
-        <v>13.7278956</v>
+        <v>13.8199206</v>
       </c>
       <c r="G494">
-        <v>100.5241235</v>
+        <v>100.0621676</v>
       </c>
     </row>
     <row r="495" spans="1:7">
       <c r="A495" t="s">
-        <v>589</v>
+        <v>607</v>
       </c>
       <c r="B495" t="s">
-        <v>11</v>
+        <v>93</v>
       </c>
       <c r="F495">
-        <v>13.7278956</v>
+        <v>7.9810496</v>
       </c>
       <c r="G495">
-        <v>100.5241235</v>
+        <v>98.3638824</v>
       </c>
     </row>
     <row r="496" spans="1:7">
       <c r="A496" t="s">
-        <v>590</v>
+        <v>607</v>
       </c>
       <c r="B496" t="s">
-        <v>196</v>
+        <v>93</v>
       </c>
       <c r="F496">
-        <v>13.8199206</v>
+        <v>7.9810496</v>
       </c>
       <c r="G496">
-        <v>100.0621676</v>
+        <v>98.3638824</v>
       </c>
     </row>
     <row r="497" spans="1:7">
       <c r="A497" t="s">
-        <v>535</v>
+        <v>608</v>
       </c>
       <c r="B497" t="s">
         <v>11</v>
       </c>
       <c r="F497">
         <v>13.7278956</v>
       </c>
       <c r="G497">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="498" spans="1:7">
       <c r="A498" t="s">
-        <v>591</v>
+        <v>609</v>
       </c>
       <c r="B498" t="s">
         <v>11</v>
       </c>
       <c r="F498">
         <v>13.7278956</v>
       </c>
       <c r="G498">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="499" spans="1:7">
       <c r="A499" t="s">
-        <v>592</v>
+        <v>610</v>
       </c>
       <c r="B499" t="s">
-        <v>11</v>
+        <v>263</v>
       </c>
       <c r="F499">
-        <v>13.7278956</v>
+        <v>6.6238158</v>
       </c>
       <c r="G499">
-        <v>100.5241235</v>
+        <v>100.0673744</v>
       </c>
     </row>
     <row r="500" spans="1:7">
       <c r="A500" t="s">
-        <v>593</v>
+        <v>611</v>
       </c>
       <c r="B500" t="s">
-        <v>594</v>
+        <v>93</v>
       </c>
       <c r="F500">
-        <v>14.3532128</v>
+        <v>7.9810496</v>
       </c>
       <c r="G500">
-        <v>100.5689599</v>
+        <v>98.3638824</v>
       </c>
     </row>
     <row r="501" spans="1:7">
       <c r="A501" t="s">
-        <v>595</v>
+        <v>612</v>
       </c>
       <c r="B501" t="s">
-        <v>229</v>
+        <v>48</v>
       </c>
       <c r="F501">
-        <v>11.812367</v>
+        <v>15.8068173</v>
       </c>
       <c r="G501">
-        <v>99.7973271</v>
+        <v>102.0315027</v>
       </c>
     </row>
     <row r="502" spans="1:7">
       <c r="A502" t="s">
-        <v>596</v>
+        <v>613</v>
       </c>
       <c r="B502" t="s">
-        <v>567</v>
+        <v>11</v>
       </c>
       <c r="F502">
-        <v>15.3835001</v>
+        <v>13.7278956</v>
       </c>
       <c r="G502">
-        <v>100.0245527</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="503" spans="1:7">
       <c r="A503" t="s">
-        <v>597</v>
+        <v>614</v>
       </c>
       <c r="B503" t="s">
-        <v>196</v>
+        <v>93</v>
       </c>
       <c r="F503">
-        <v>13.8199206</v>
+        <v>7.9810496</v>
       </c>
       <c r="G503">
-        <v>100.0621676</v>
+        <v>98.3638824</v>
       </c>
     </row>
     <row r="504" spans="1:7">
       <c r="A504" t="s">
-        <v>598</v>
+        <v>615</v>
       </c>
       <c r="B504" t="s">
-        <v>599</v>
+        <v>50</v>
       </c>
       <c r="F504">
-        <v>17.8782803</v>
+        <v>13.8199206</v>
       </c>
       <c r="G504">
-        <v>102.7412638</v>
+        <v>100.0621676</v>
       </c>
     </row>
     <row r="505" spans="1:7">
       <c r="A505" t="s">
-        <v>600</v>
+        <v>616</v>
       </c>
       <c r="B505" t="s">
-        <v>601</v>
+        <v>11</v>
       </c>
       <c r="F505">
-        <v>14.0509704</v>
+        <v>13.7278956</v>
       </c>
       <c r="G505">
-        <v>101.3727439</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="506" spans="1:7">
       <c r="A506" t="s">
-        <v>602</v>
+        <v>617</v>
       </c>
       <c r="B506" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="F506">
-        <v>13.3611431</v>
+        <v>13.7278956</v>
       </c>
       <c r="G506">
-        <v>100.9846717</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="507" spans="1:7">
       <c r="A507" t="s">
-        <v>603</v>
+        <v>618</v>
       </c>
       <c r="B507" t="s">
-        <v>425</v>
+        <v>50</v>
       </c>
       <c r="F507">
-        <v>14.0208391</v>
+        <v>13.8199206</v>
       </c>
       <c r="G507">
-        <v>100.5250276</v>
+        <v>100.0621676</v>
       </c>
     </row>
     <row r="508" spans="1:7">
       <c r="A508" t="s">
-        <v>537</v>
+        <v>581</v>
       </c>
       <c r="B508" t="s">
-        <v>188</v>
+        <v>50</v>
       </c>
       <c r="F508">
-        <v>6.6238158</v>
+        <v>13.8199206</v>
       </c>
       <c r="G508">
-        <v>100.0673744</v>
+        <v>100.0621676</v>
       </c>
     </row>
     <row r="509" spans="1:7">
       <c r="A509" t="s">
-        <v>578</v>
+        <v>609</v>
       </c>
       <c r="B509" t="s">
         <v>11</v>
       </c>
       <c r="F509">
         <v>13.7278956</v>
       </c>
       <c r="G509">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="510" spans="1:7">
       <c r="A510" t="s">
-        <v>604</v>
+        <v>581</v>
       </c>
       <c r="B510" t="s">
-        <v>11</v>
+        <v>50</v>
       </c>
       <c r="F510">
-        <v>13.7278956</v>
+        <v>13.8199206</v>
       </c>
       <c r="G510">
-        <v>100.5241235</v>
+        <v>100.0621676</v>
       </c>
     </row>
     <row r="511" spans="1:7">
       <c r="A511" t="s">
-        <v>605</v>
+        <v>581</v>
       </c>
       <c r="B511" t="s">
-        <v>94</v>
+        <v>50</v>
       </c>
       <c r="F511">
-        <v>12.6833115</v>
+        <v>13.8199206</v>
       </c>
       <c r="G511">
-        <v>101.2374295</v>
+        <v>100.0621676</v>
       </c>
     </row>
     <row r="512" spans="1:7">
       <c r="A512" t="s">
-        <v>542</v>
+        <v>619</v>
       </c>
       <c r="B512" t="s">
-        <v>11</v>
+        <v>50</v>
       </c>
       <c r="F512">
-        <v>13.7278956</v>
+        <v>13.8199206</v>
       </c>
       <c r="G512">
-        <v>100.5241235</v>
+        <v>100.0621676</v>
       </c>
     </row>
     <row r="513" spans="1:7">
       <c r="A513" t="s">
-        <v>606</v>
+        <v>620</v>
       </c>
       <c r="B513" t="s">
-        <v>11</v>
+        <v>50</v>
       </c>
       <c r="F513">
-        <v>13.7278956</v>
+        <v>13.8199206</v>
       </c>
       <c r="G513">
-        <v>100.5241235</v>
+        <v>100.0621676</v>
       </c>
     </row>
     <row r="514" spans="1:7">
       <c r="A514" t="s">
-        <v>607</v>
+        <v>621</v>
       </c>
       <c r="B514" t="s">
         <v>11</v>
       </c>
       <c r="F514">
         <v>13.7278956</v>
       </c>
       <c r="G514">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="515" spans="1:7">
       <c r="A515" t="s">
-        <v>608</v>
+        <v>622</v>
       </c>
       <c r="B515" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="F515">
-        <v>12.6833115</v>
+        <v>7.9810496</v>
       </c>
       <c r="G515">
-        <v>101.2374295</v>
+        <v>98.3638824</v>
       </c>
     </row>
     <row r="516" spans="1:7">
       <c r="A516" t="s">
-        <v>609</v>
+        <v>623</v>
       </c>
       <c r="B516" t="s">
-        <v>11</v>
+        <v>624</v>
       </c>
       <c r="F516">
-        <v>13.7278956</v>
+        <v>14.7995081</v>
       </c>
       <c r="G516">
-        <v>100.5241235</v>
+        <v>100.6533706</v>
       </c>
     </row>
     <row r="517" spans="1:7">
       <c r="A517" t="s">
-        <v>610</v>
+        <v>625</v>
       </c>
       <c r="B517" t="s">
         <v>11</v>
       </c>
       <c r="F517">
         <v>13.7278956</v>
       </c>
       <c r="G517">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="518" spans="1:7">
       <c r="A518" t="s">
-        <v>611</v>
+        <v>626</v>
       </c>
       <c r="B518" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="F518">
-        <v>7.9810496</v>
+        <v>13.7278956</v>
       </c>
       <c r="G518">
-        <v>98.3638824</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="519" spans="1:7">
       <c r="A519" t="s">
-        <v>612</v>
+        <v>627</v>
       </c>
       <c r="B519" t="s">
-        <v>26</v>
+        <v>50</v>
       </c>
       <c r="F519">
-        <v>13.8621125</v>
+        <v>13.8199206</v>
       </c>
       <c r="G519">
-        <v>100.5143528</v>
+        <v>100.0621676</v>
       </c>
     </row>
     <row r="520" spans="1:7">
       <c r="A520" t="s">
-        <v>613</v>
+        <v>628</v>
       </c>
       <c r="B520" t="s">
-        <v>11</v>
+        <v>202</v>
       </c>
       <c r="F520">
-        <v>13.7278956</v>
+        <v>14.4744892</v>
       </c>
       <c r="G520">
-        <v>100.5241235</v>
+        <v>100.1177128</v>
       </c>
     </row>
     <row r="521" spans="1:7">
       <c r="A521" t="s">
-        <v>614</v>
+        <v>629</v>
       </c>
       <c r="B521" t="s">
         <v>11</v>
       </c>
       <c r="F521">
         <v>13.7278956</v>
       </c>
       <c r="G521">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="522" spans="1:7">
       <c r="A522" t="s">
-        <v>615</v>
+        <v>630</v>
       </c>
       <c r="B522" t="s">
-        <v>391</v>
+        <v>11</v>
       </c>
       <c r="F522">
-        <v>10.4930496</v>
+        <v>13.7278956</v>
       </c>
       <c r="G522">
-        <v>99.1800199</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="523" spans="1:7">
       <c r="A523" t="s">
-        <v>616</v>
+        <v>631</v>
       </c>
       <c r="B523" t="s">
         <v>11</v>
       </c>
       <c r="F523">
         <v>13.7278956</v>
       </c>
       <c r="G523">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="524" spans="1:7">
       <c r="A524" t="s">
-        <v>617</v>
+        <v>632</v>
       </c>
       <c r="B524" t="s">
-        <v>11</v>
+        <v>50</v>
       </c>
       <c r="F524">
-        <v>13.7278956</v>
+        <v>13.8199206</v>
       </c>
       <c r="G524">
-        <v>100.5241235</v>
+        <v>100.0621676</v>
       </c>
     </row>
     <row r="525" spans="1:7">
       <c r="A525" t="s">
-        <v>618</v>
+        <v>633</v>
       </c>
       <c r="B525" t="s">
-        <v>105</v>
+        <v>634</v>
       </c>
       <c r="F525">
-        <v>14.9798997</v>
+        <v>15.3835001</v>
       </c>
       <c r="G525">
-        <v>102.0977693</v>
+        <v>100.0245527</v>
       </c>
     </row>
     <row r="526" spans="1:7">
       <c r="A526" t="s">
-        <v>619</v>
+        <v>553</v>
       </c>
       <c r="B526" t="s">
         <v>11</v>
       </c>
       <c r="F526">
         <v>13.7278956</v>
       </c>
       <c r="G526">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="527" spans="1:7">
       <c r="A527" t="s">
-        <v>620</v>
+        <v>431</v>
       </c>
       <c r="B527" t="s">
-        <v>11</v>
+        <v>50</v>
       </c>
       <c r="F527">
-        <v>13.7278956</v>
+        <v>13.8199206</v>
       </c>
       <c r="G527">
-        <v>100.5241235</v>
+        <v>100.0621676</v>
       </c>
     </row>
     <row r="528" spans="1:7">
       <c r="A528" t="s">
-        <v>621</v>
+        <v>635</v>
       </c>
       <c r="B528" t="s">
         <v>11</v>
       </c>
       <c r="F528">
         <v>13.7278956</v>
       </c>
       <c r="G528">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="529" spans="1:7">
       <c r="A529" t="s">
-        <v>622</v>
+        <v>636</v>
       </c>
       <c r="B529" t="s">
-        <v>137</v>
+        <v>50</v>
       </c>
       <c r="F529">
-        <v>16.4419355</v>
+        <v>13.8199206</v>
       </c>
       <c r="G529">
-        <v>102.8359921</v>
+        <v>100.0621676</v>
       </c>
     </row>
     <row r="530" spans="1:7">
       <c r="A530" t="s">
-        <v>623</v>
+        <v>637</v>
       </c>
       <c r="B530" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
       <c r="F530">
-        <v>13.7278956</v>
+        <v>18.7877477</v>
       </c>
       <c r="G530">
-        <v>100.5241235</v>
+        <v>98.9931311</v>
       </c>
     </row>
     <row r="531" spans="1:7">
       <c r="A531" t="s">
-        <v>624</v>
+        <v>638</v>
       </c>
       <c r="B531" t="s">
-        <v>11</v>
+        <v>50</v>
       </c>
       <c r="F531">
-        <v>13.7278956</v>
+        <v>13.8199206</v>
       </c>
       <c r="G531">
-        <v>100.5241235</v>
+        <v>100.0621676</v>
       </c>
     </row>
     <row r="532" spans="1:7">
       <c r="A532" t="s">
-        <v>625</v>
+        <v>639</v>
       </c>
       <c r="B532" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="F532">
-        <v>13.6904194</v>
+        <v>13.7278956</v>
       </c>
       <c r="G532">
-        <v>101.0779596</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="533" spans="1:7">
       <c r="A533" t="s">
-        <v>626</v>
+        <v>640</v>
       </c>
       <c r="B533" t="s">
-        <v>627</v>
+        <v>50</v>
       </c>
       <c r="F533">
-        <v>14.0227797</v>
+        <v>13.8199206</v>
       </c>
       <c r="G533">
-        <v>99.5328115</v>
+        <v>100.0621676</v>
       </c>
     </row>
     <row r="534" spans="1:7">
       <c r="A534" t="s">
-        <v>628</v>
+        <v>641</v>
       </c>
       <c r="B534" t="s">
-        <v>627</v>
+        <v>541</v>
       </c>
       <c r="F534">
-        <v>14.0227797</v>
+        <v>14.5289154</v>
       </c>
       <c r="G534">
-        <v>99.5328115</v>
+        <v>100.9101421</v>
       </c>
     </row>
     <row r="535" spans="1:7">
       <c r="A535" t="s">
-        <v>629</v>
+        <v>616</v>
       </c>
       <c r="B535" t="s">
         <v>11</v>
-      </c>
-[...7 lines deleted...]
-        <v>10900</v>
       </c>
       <c r="F535">
         <v>13.7278956</v>
       </c>
       <c r="G535">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="536" spans="1:7">
       <c r="A536" t="s">
-        <v>631</v>
+        <v>642</v>
       </c>
       <c r="B536" t="s">
-        <v>11</v>
-[...8 lines deleted...]
-        <v>10160</v>
+        <v>13</v>
       </c>
       <c r="F536">
-        <v>13.7278956</v>
+        <v>13.3611431</v>
       </c>
       <c r="G536">
-        <v>100.5241235</v>
+        <v>100.9846717</v>
       </c>
     </row>
     <row r="537" spans="1:7">
       <c r="A537" t="s">
-        <v>633</v>
+        <v>643</v>
       </c>
       <c r="B537" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-        <v>10600</v>
+        <v>263</v>
       </c>
       <c r="F537">
-        <v>13.7278956</v>
+        <v>6.6238158</v>
       </c>
       <c r="G537">
-        <v>100.5241235</v>
+        <v>100.0673744</v>
       </c>
     </row>
     <row r="538" spans="1:7">
       <c r="A538" t="s">
-        <v>634</v>
+        <v>609</v>
       </c>
       <c r="B538" t="s">
         <v>11</v>
       </c>
       <c r="F538">
         <v>13.7278956</v>
       </c>
       <c r="G538">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="539" spans="1:7">
       <c r="A539" t="s">
-        <v>635</v>
+        <v>644</v>
       </c>
       <c r="B539" t="s">
-        <v>474</v>
-[...5 lines deleted...]
-        <v>18170</v>
+        <v>11</v>
       </c>
       <c r="F539">
-        <v>14.5289154</v>
+        <v>13.7278956</v>
       </c>
       <c r="G539">
-        <v>100.9101421</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="540" spans="1:7">
       <c r="A540" t="s">
-        <v>637</v>
+        <v>645</v>
       </c>
       <c r="B540" t="s">
-        <v>263</v>
-[...5 lines deleted...]
-        <v>63120</v>
+        <v>11</v>
       </c>
       <c r="F540">
-        <v>16.8839901</v>
+        <v>13.7278956</v>
       </c>
       <c r="G540">
-        <v>99.1258498</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="541" spans="1:7">
       <c r="A541" t="s">
-        <v>639</v>
+        <v>646</v>
       </c>
       <c r="B541" t="s">
-        <v>137</v>
-[...5 lines deleted...]
-        <v>40000</v>
+        <v>11</v>
       </c>
       <c r="F541">
-        <v>16.4419355</v>
+        <v>13.7278956</v>
       </c>
       <c r="G541">
-        <v>102.8359921</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="542" spans="1:7">
       <c r="A542" t="s">
-        <v>640</v>
+        <v>647</v>
       </c>
       <c r="B542" t="s">
-        <v>20</v>
-[...5 lines deleted...]
-        <v>83000</v>
+        <v>50</v>
       </c>
       <c r="F542">
-        <v>7.9810496</v>
+        <v>13.8199206</v>
       </c>
       <c r="G542">
-        <v>98.3638824</v>
+        <v>100.0621676</v>
       </c>
     </row>
     <row r="543" spans="1:7">
       <c r="A543" t="s">
-        <v>642</v>
+        <v>648</v>
       </c>
       <c r="B543" t="s">
-        <v>188</v>
-[...5 lines deleted...]
-        <v>91160</v>
+        <v>11</v>
       </c>
       <c r="F543">
-        <v>6.6238158</v>
+        <v>13.7278956</v>
       </c>
       <c r="G543">
-        <v>100.0673744</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="544" spans="1:7">
       <c r="A544" t="s">
-        <v>643</v>
+        <v>602</v>
       </c>
       <c r="B544" t="s">
         <v>11</v>
-      </c>
-[...4 lines deleted...]
-        <v>10110</v>
       </c>
       <c r="F544">
         <v>13.7278956</v>
       </c>
       <c r="G544">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="545" spans="1:7">
       <c r="A545" t="s">
-        <v>644</v>
+        <v>649</v>
       </c>
       <c r="B545" t="s">
         <v>11</v>
-      </c>
-[...4 lines deleted...]
-        <v>10210</v>
       </c>
       <c r="F545">
         <v>13.7278956</v>
       </c>
       <c r="G545">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="546" spans="1:7">
       <c r="A546" t="s">
-        <v>646</v>
+        <v>650</v>
       </c>
       <c r="B546" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-        <v>10240</v>
+        <v>50</v>
       </c>
       <c r="F546">
-        <v>13.7278956</v>
+        <v>13.8199206</v>
       </c>
       <c r="G546">
-        <v>100.5241235</v>
+        <v>100.0621676</v>
       </c>
     </row>
     <row r="547" spans="1:7">
       <c r="A547" t="s">
-        <v>648</v>
+        <v>651</v>
       </c>
       <c r="B547" t="s">
-        <v>20</v>
-[...5 lines deleted...]
-        <v>83110</v>
+        <v>13</v>
       </c>
       <c r="F547">
-        <v>7.9810496</v>
+        <v>13.3611431</v>
       </c>
       <c r="G547">
-        <v>98.3638824</v>
+        <v>100.9846717</v>
       </c>
     </row>
     <row r="548" spans="1:7">
       <c r="A548" t="s">
-        <v>215</v>
+        <v>652</v>
       </c>
       <c r="B548" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-        <v>10330</v>
+        <v>541</v>
       </c>
       <c r="F548">
-        <v>13.7278956</v>
+        <v>14.5289154</v>
       </c>
       <c r="G548">
-        <v>100.5241235</v>
+        <v>100.9101421</v>
       </c>
     </row>
     <row r="549" spans="1:7">
       <c r="A549" t="s">
-        <v>649</v>
+        <v>549</v>
       </c>
       <c r="B549" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-        <v>10600</v>
+        <v>163</v>
       </c>
       <c r="F549">
-        <v>13.7278956</v>
+        <v>15.6930072</v>
       </c>
       <c r="G549">
-        <v>100.5241235</v>
+        <v>100.1225595</v>
       </c>
     </row>
     <row r="550" spans="1:7">
       <c r="A550" t="s">
-        <v>650</v>
+        <v>653</v>
       </c>
       <c r="B550" t="s">
         <v>11</v>
       </c>
       <c r="F550">
         <v>13.7278956</v>
       </c>
       <c r="G550">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="551" spans="1:7">
       <c r="A551" t="s">
-        <v>651</v>
+        <v>654</v>
       </c>
       <c r="B551" t="s">
-        <v>627</v>
-[...5 lines deleted...]
-        <v>71110</v>
+        <v>11</v>
       </c>
       <c r="F551">
-        <v>14.0227797</v>
+        <v>13.7278956</v>
       </c>
       <c r="G551">
-        <v>99.5328115</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="552" spans="1:7">
       <c r="A552" t="s">
-        <v>653</v>
+        <v>655</v>
       </c>
       <c r="B552" t="s">
         <v>11</v>
-      </c>
-[...4 lines deleted...]
-        <v>10110</v>
       </c>
       <c r="F552">
         <v>13.7278956</v>
       </c>
       <c r="G552">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="553" spans="1:7">
       <c r="A553" t="s">
-        <v>654</v>
+        <v>656</v>
       </c>
       <c r="B553" t="s">
-        <v>655</v>
-[...5 lines deleted...]
-        <v>45190</v>
+        <v>11</v>
       </c>
       <c r="F553">
-        <v>16.0538196</v>
+        <v>13.7278956</v>
       </c>
       <c r="G553">
-        <v>103.6520036</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="554" spans="1:7">
       <c r="A554" t="s">
         <v>657</v>
       </c>
       <c r="B554" t="s">
-        <v>425</v>
-[...8 lines deleted...]
-        <v>12120</v>
+        <v>50</v>
       </c>
       <c r="F554">
-        <v>14.0208391</v>
+        <v>13.8199206</v>
       </c>
       <c r="G554">
-        <v>100.5250276</v>
+        <v>100.0621676</v>
       </c>
     </row>
     <row r="555" spans="1:7">
       <c r="A555" t="s">
-        <v>660</v>
+        <v>602</v>
       </c>
       <c r="B555" t="s">
-        <v>474</v>
-[...8 lines deleted...]
-        <v>18170</v>
+        <v>11</v>
       </c>
       <c r="F555">
-        <v>14.5289154</v>
+        <v>13.7278956</v>
       </c>
       <c r="G555">
-        <v>100.9101421</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="556" spans="1:7">
       <c r="A556" t="s">
-        <v>661</v>
+        <v>658</v>
       </c>
       <c r="B556" t="s">
         <v>11</v>
-      </c>
-[...7 lines deleted...]
-        <v>10110</v>
       </c>
       <c r="F556">
         <v>13.7278956</v>
       </c>
       <c r="G556">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="557" spans="1:7">
       <c r="A557" t="s">
-        <v>663</v>
+        <v>659</v>
       </c>
       <c r="B557" t="s">
-        <v>94</v>
-[...8 lines deleted...]
-        <v>21140</v>
+        <v>11</v>
       </c>
       <c r="F557">
-        <v>12.6833115</v>
+        <v>13.7278956</v>
       </c>
       <c r="G557">
-        <v>101.2374295</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="558" spans="1:7">
       <c r="A558" t="s">
-        <v>665</v>
+        <v>660</v>
       </c>
       <c r="B558" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-        <v>10110</v>
+        <v>661</v>
       </c>
       <c r="F558">
-        <v>13.7278956</v>
+        <v>14.3532128</v>
       </c>
       <c r="G558">
-        <v>100.5241235</v>
+        <v>100.5689599</v>
       </c>
     </row>
     <row r="559" spans="1:7">
       <c r="A559" t="s">
-        <v>666</v>
+        <v>662</v>
       </c>
       <c r="B559" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-        <v>10110</v>
+        <v>301</v>
       </c>
       <c r="F559">
-        <v>13.7278956</v>
+        <v>11.812367</v>
       </c>
       <c r="G559">
-        <v>100.5241235</v>
+        <v>99.7973271</v>
       </c>
     </row>
     <row r="560" spans="1:7">
       <c r="A560" t="s">
-        <v>667</v>
+        <v>663</v>
       </c>
       <c r="B560" t="s">
-        <v>11</v>
-[...8 lines deleted...]
-        <v>10600</v>
+        <v>634</v>
       </c>
       <c r="F560">
-        <v>13.7278956</v>
+        <v>15.3835001</v>
       </c>
       <c r="G560">
-        <v>100.5241235</v>
+        <v>100.0245527</v>
       </c>
     </row>
     <row r="561" spans="1:7">
       <c r="A561" t="s">
-        <v>669</v>
+        <v>664</v>
       </c>
       <c r="B561" t="s">
-        <v>94</v>
-[...5 lines deleted...]
-        <v>21180</v>
+        <v>50</v>
       </c>
       <c r="F561">
-        <v>12.6833115</v>
+        <v>13.8199206</v>
       </c>
       <c r="G561">
-        <v>101.2374295</v>
+        <v>100.0621676</v>
       </c>
     </row>
     <row r="562" spans="1:7">
       <c r="A562" t="s">
-        <v>670</v>
+        <v>665</v>
       </c>
       <c r="B562" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-        <v>10600</v>
+        <v>666</v>
       </c>
       <c r="F562">
-        <v>13.7278956</v>
+        <v>17.8782803</v>
       </c>
       <c r="G562">
-        <v>100.5241235</v>
+        <v>102.7412638</v>
       </c>
     </row>
     <row r="563" spans="1:7">
       <c r="A563" t="s">
-        <v>671</v>
+        <v>667</v>
       </c>
       <c r="B563" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-        <v>10210</v>
+        <v>668</v>
       </c>
       <c r="F563">
-        <v>13.7278956</v>
+        <v>14.0509704</v>
       </c>
       <c r="G563">
-        <v>100.5241235</v>
+        <v>101.3727439</v>
       </c>
     </row>
     <row r="564" spans="1:7">
       <c r="A564" t="s">
-        <v>672</v>
+        <v>669</v>
       </c>
       <c r="B564" t="s">
-        <v>567</v>
-[...5 lines deleted...]
-        <v>61000</v>
+        <v>13</v>
       </c>
       <c r="F564">
-        <v>15.3835001</v>
+        <v>13.3611431</v>
       </c>
       <c r="G564">
-        <v>100.0245527</v>
+        <v>100.9846717</v>
       </c>
     </row>
     <row r="565" spans="1:7">
       <c r="A565" t="s">
-        <v>672</v>
+        <v>670</v>
       </c>
       <c r="B565" t="s">
-        <v>567</v>
-[...5 lines deleted...]
-        <v>61000</v>
+        <v>492</v>
       </c>
       <c r="F565">
-        <v>15.3835001</v>
+        <v>14.0208391</v>
       </c>
       <c r="G565">
-        <v>100.0245527</v>
+        <v>100.5250276</v>
       </c>
     </row>
     <row r="566" spans="1:7">
       <c r="A566" t="s">
-        <v>674</v>
+        <v>604</v>
       </c>
       <c r="B566" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-        <v>10210</v>
+        <v>263</v>
       </c>
       <c r="F566">
-        <v>13.7278956</v>
+        <v>6.6238158</v>
       </c>
       <c r="G566">
-        <v>100.5241235</v>
+        <v>100.0673744</v>
       </c>
     </row>
     <row r="567" spans="1:7">
       <c r="A567" t="s">
-        <v>675</v>
+        <v>645</v>
       </c>
       <c r="B567" t="s">
-        <v>60</v>
-[...8 lines deleted...]
-        <v>82130</v>
+        <v>11</v>
       </c>
       <c r="F567">
-        <v>8.4407456</v>
+        <v>13.7278956</v>
       </c>
       <c r="G567">
-        <v>98.5193032</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="568" spans="1:7">
       <c r="A568" t="s">
-        <v>677</v>
+        <v>671</v>
       </c>
       <c r="B568" t="s">
         <v>11</v>
-      </c>
-[...4 lines deleted...]
-        <v>10800</v>
       </c>
       <c r="F568">
         <v>13.7278956</v>
       </c>
       <c r="G568">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="569" spans="1:7">
       <c r="A569" t="s">
-        <v>678</v>
+        <v>672</v>
       </c>
       <c r="B569" t="s">
-        <v>627</v>
-[...5 lines deleted...]
-        <v>71110</v>
+        <v>8</v>
       </c>
       <c r="F569">
-        <v>14.0227797</v>
+        <v>12.6833115</v>
       </c>
       <c r="G569">
-        <v>99.5328115</v>
+        <v>101.2374295</v>
       </c>
     </row>
     <row r="570" spans="1:7">
       <c r="A570" t="s">
-        <v>679</v>
+        <v>609</v>
       </c>
       <c r="B570" t="s">
         <v>11</v>
-      </c>
-[...7 lines deleted...]
-        <v>10260</v>
       </c>
       <c r="F570">
         <v>13.7278956</v>
       </c>
       <c r="G570">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="571" spans="1:7">
       <c r="A571" t="s">
-        <v>680</v>
+        <v>673</v>
       </c>
       <c r="B571" t="s">
         <v>11</v>
-      </c>
-[...7 lines deleted...]
-        <v>10500</v>
       </c>
       <c r="F571">
         <v>13.7278956</v>
       </c>
       <c r="G571">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="572" spans="1:7">
       <c r="A572" t="s">
-        <v>682</v>
+        <v>674</v>
       </c>
       <c r="B572" t="s">
-        <v>103</v>
-[...8 lines deleted...]
-        <v>10270</v>
+        <v>11</v>
       </c>
       <c r="F572">
-        <v>13.5990961</v>
+        <v>13.7278956</v>
       </c>
       <c r="G572">
-        <v>100.5998319</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="573" spans="1:7">
       <c r="A573" t="s">
-        <v>685</v>
+        <v>675</v>
       </c>
       <c r="B573" t="s">
-        <v>11</v>
-[...8 lines deleted...]
-        <v>10500</v>
+        <v>8</v>
       </c>
       <c r="F573">
-        <v>13.7278956</v>
+        <v>12.6833115</v>
       </c>
       <c r="G573">
-        <v>100.5241235</v>
+        <v>101.2374295</v>
       </c>
     </row>
     <row r="574" spans="1:7">
       <c r="A574" t="s">
-        <v>686</v>
+        <v>676</v>
       </c>
       <c r="B574" t="s">
-        <v>103</v>
-[...5 lines deleted...]
-        <v>10540</v>
+        <v>11</v>
       </c>
       <c r="F574">
-        <v>13.5990961</v>
+        <v>13.7278956</v>
       </c>
       <c r="G574">
-        <v>100.5998319</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="575" spans="1:7">
       <c r="A575" t="s">
-        <v>687</v>
+        <v>677</v>
       </c>
       <c r="B575" t="s">
-        <v>13</v>
-[...5 lines deleted...]
-        <v>20180</v>
+        <v>11</v>
       </c>
       <c r="F575">
-        <v>13.3611431</v>
+        <v>13.7278956</v>
       </c>
       <c r="G575">
-        <v>100.9846717</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="576" spans="1:7">
       <c r="A576" t="s">
-        <v>689</v>
+        <v>678</v>
       </c>
       <c r="B576" t="s">
-        <v>26</v>
-[...8 lines deleted...]
-        <v>11000</v>
+        <v>93</v>
       </c>
       <c r="F576">
-        <v>13.8621125</v>
+        <v>7.9810496</v>
       </c>
       <c r="G576">
-        <v>100.5143528</v>
+        <v>98.3638824</v>
       </c>
     </row>
     <row r="577" spans="1:7">
       <c r="A577" t="s">
-        <v>691</v>
+        <v>679</v>
       </c>
       <c r="B577" t="s">
-        <v>103</v>
-[...5 lines deleted...]
-        <v>10540</v>
+        <v>62</v>
       </c>
       <c r="F577">
-        <v>13.5990961</v>
+        <v>13.8621125</v>
       </c>
       <c r="G577">
-        <v>100.5998319</v>
+        <v>100.5143528</v>
       </c>
     </row>
     <row r="578" spans="1:7">
       <c r="A578" t="s">
-        <v>692</v>
+        <v>680</v>
       </c>
       <c r="B578" t="s">
         <v>11</v>
-      </c>
-[...7 lines deleted...]
-        <v>10900</v>
       </c>
       <c r="F578">
         <v>13.7278956</v>
       </c>
       <c r="G578">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="579" spans="1:7">
       <c r="A579" t="s">
-        <v>693</v>
+        <v>681</v>
       </c>
       <c r="B579" t="s">
         <v>11</v>
-      </c>
-[...4 lines deleted...]
-        <v>10120</v>
       </c>
       <c r="F579">
         <v>13.7278956</v>
       </c>
       <c r="G579">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="580" spans="1:7">
       <c r="A580" t="s">
-        <v>686</v>
+        <v>682</v>
       </c>
       <c r="B580" t="s">
-        <v>103</v>
-[...5 lines deleted...]
-        <v>10540</v>
+        <v>459</v>
       </c>
       <c r="F580">
-        <v>13.5990961</v>
+        <v>10.4930496</v>
       </c>
       <c r="G580">
-        <v>100.5998319</v>
+        <v>99.1800199</v>
       </c>
     </row>
     <row r="581" spans="1:7">
       <c r="A581" t="s">
-        <v>695</v>
+        <v>683</v>
       </c>
       <c r="B581" t="s">
-        <v>60</v>
+        <v>11</v>
       </c>
       <c r="F581">
-        <v>8.4407456</v>
+        <v>13.7278956</v>
       </c>
       <c r="G581">
-        <v>98.5193032</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="582" spans="1:7">
       <c r="A582" t="s">
-        <v>696</v>
+        <v>684</v>
       </c>
       <c r="B582" t="s">
-        <v>263</v>
+        <v>11</v>
       </c>
       <c r="F582">
-        <v>16.8839901</v>
+        <v>13.7278956</v>
       </c>
       <c r="G582">
-        <v>99.1258498</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="583" spans="1:7">
       <c r="A583" t="s">
-        <v>697</v>
+        <v>685</v>
       </c>
       <c r="B583" t="s">
-        <v>311</v>
-[...5 lines deleted...]
-        <v>27160</v>
+        <v>44</v>
       </c>
       <c r="F583">
-        <v>13.824038</v>
+        <v>14.9798997</v>
       </c>
       <c r="G583">
-        <v>102.0645839</v>
+        <v>102.0977693</v>
       </c>
     </row>
     <row r="584" spans="1:7">
       <c r="A584" t="s">
-        <v>698</v>
+        <v>686</v>
       </c>
       <c r="B584" t="s">
-        <v>60</v>
-[...8 lines deleted...]
-        <v>82130</v>
+        <v>11</v>
       </c>
       <c r="F584">
-        <v>8.4407456</v>
+        <v>13.7278956</v>
       </c>
       <c r="G584">
-        <v>98.5193032</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="585" spans="1:7">
       <c r="A585" t="s">
-        <v>699</v>
+        <v>687</v>
       </c>
       <c r="B585" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="F585">
-        <v>7.9810496</v>
+        <v>13.7278956</v>
       </c>
       <c r="G585">
-        <v>98.3638824</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="586" spans="1:7">
       <c r="A586" t="s">
-        <v>700</v>
+        <v>688</v>
       </c>
       <c r="B586" t="s">
-        <v>60</v>
-[...8 lines deleted...]
-        <v>82130</v>
+        <v>11</v>
       </c>
       <c r="F586">
-        <v>8.4407456</v>
+        <v>13.7278956</v>
       </c>
       <c r="G586">
-        <v>98.5193032</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="587" spans="1:7">
       <c r="A587" t="s">
-        <v>701</v>
+        <v>689</v>
       </c>
       <c r="B587" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-        <v>10260</v>
+        <v>213</v>
       </c>
       <c r="F587">
-        <v>13.7278956</v>
+        <v>16.4419355</v>
       </c>
       <c r="G587">
-        <v>100.5241235</v>
+        <v>102.8359921</v>
       </c>
     </row>
     <row r="588" spans="1:7">
       <c r="A588" t="s">
-        <v>702</v>
+        <v>690</v>
       </c>
       <c r="B588" t="s">
         <v>11</v>
-      </c>
-[...4 lines deleted...]
-        <v>10260</v>
       </c>
       <c r="F588">
         <v>13.7278956</v>
       </c>
       <c r="G588">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="589" spans="1:7">
       <c r="A589" t="s">
-        <v>703</v>
+        <v>691</v>
       </c>
       <c r="B589" t="s">
         <v>11</v>
-      </c>
-[...7 lines deleted...]
-        <v>10110</v>
       </c>
       <c r="F589">
         <v>13.7278956</v>
       </c>
       <c r="G589">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="590" spans="1:7">
       <c r="A590" t="s">
-        <v>705</v>
+        <v>692</v>
       </c>
       <c r="B590" t="s">
-        <v>20</v>
-[...8 lines deleted...]
-        <v>83110</v>
+        <v>114</v>
       </c>
       <c r="F590">
-        <v>7.9810496</v>
+        <v>13.6904194</v>
       </c>
       <c r="G590">
-        <v>98.3638824</v>
+        <v>101.0779596</v>
       </c>
     </row>
     <row r="591" spans="1:7">
       <c r="A591" t="s">
-        <v>706</v>
+        <v>693</v>
       </c>
       <c r="B591" t="s">
-        <v>11</v>
-[...8 lines deleted...]
-        <v>10210</v>
+        <v>694</v>
       </c>
       <c r="F591">
-        <v>13.7278956</v>
+        <v>14.0227797</v>
       </c>
       <c r="G591">
-        <v>100.5241235</v>
+        <v>99.5328115</v>
       </c>
     </row>
     <row r="592" spans="1:7">
       <c r="A592" t="s">
-        <v>709</v>
+        <v>695</v>
       </c>
       <c r="B592" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-        <v>10150</v>
+        <v>694</v>
       </c>
       <c r="F592">
-        <v>13.7278956</v>
+        <v>14.0227797</v>
       </c>
       <c r="G592">
-        <v>100.5241235</v>
+        <v>99.5328115</v>
       </c>
     </row>
     <row r="593" spans="1:7">
       <c r="A593" t="s">
-        <v>710</v>
+        <v>696</v>
       </c>
       <c r="B593" t="s">
-        <v>627</v>
+        <v>11</v>
       </c>
       <c r="C593" t="s">
-        <v>711</v>
+        <v>29</v>
+      </c>
+      <c r="D593" t="s">
+        <v>697</v>
       </c>
       <c r="E593">
-        <v>71160</v>
+        <v>10900</v>
       </c>
       <c r="F593">
-        <v>14.0227797</v>
+        <v>13.7278956</v>
       </c>
       <c r="G593">
-        <v>99.5328115</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="594" spans="1:7">
       <c r="A594" t="s">
-        <v>712</v>
+        <v>698</v>
       </c>
       <c r="B594" t="s">
         <v>11</v>
       </c>
       <c r="C594" t="s">
-        <v>159</v>
+        <v>317</v>
+      </c>
+      <c r="D594" t="s">
+        <v>699</v>
       </c>
       <c r="E594">
-        <v>10600</v>
+        <v>10160</v>
       </c>
       <c r="F594">
         <v>13.7278956</v>
       </c>
       <c r="G594">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="595" spans="1:7">
       <c r="A595" t="s">
-        <v>713</v>
+        <v>700</v>
       </c>
       <c r="B595" t="s">
         <v>11</v>
       </c>
       <c r="C595" t="s">
-        <v>247</v>
-[...2 lines deleted...]
-        <v>58</v>
+        <v>235</v>
       </c>
       <c r="E595">
-        <v>10160</v>
+        <v>10600</v>
       </c>
       <c r="F595">
         <v>13.7278956</v>
       </c>
       <c r="G595">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="596" spans="1:7">
       <c r="A596" t="s">
-        <v>714</v>
+        <v>701</v>
       </c>
       <c r="B596" t="s">
         <v>11</v>
-      </c>
-[...7 lines deleted...]
-        <v>10800</v>
       </c>
       <c r="F596">
         <v>13.7278956</v>
       </c>
       <c r="G596">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="597" spans="1:7">
       <c r="A597" t="s">
-        <v>716</v>
+        <v>702</v>
       </c>
       <c r="B597" t="s">
-        <v>11</v>
+        <v>541</v>
       </c>
       <c r="C597" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-        <v>85</v>
+        <v>703</v>
       </c>
       <c r="E597">
-        <v>10400</v>
+        <v>18170</v>
       </c>
       <c r="F597">
-        <v>13.7278956</v>
+        <v>14.5289154</v>
       </c>
       <c r="G597">
-        <v>100.5241235</v>
+        <v>100.9101421</v>
       </c>
     </row>
     <row r="598" spans="1:7">
       <c r="A598" t="s">
-        <v>717</v>
+        <v>704</v>
       </c>
       <c r="B598" t="s">
-        <v>311</v>
+        <v>333</v>
       </c>
       <c r="C598" t="s">
-        <v>312</v>
+        <v>705</v>
       </c>
       <c r="E598">
-        <v>27160</v>
+        <v>63120</v>
       </c>
       <c r="F598">
-        <v>13.824038</v>
+        <v>16.8839901</v>
       </c>
       <c r="G598">
-        <v>102.0645839</v>
+        <v>99.1258498</v>
       </c>
     </row>
     <row r="599" spans="1:7">
       <c r="A599" t="s">
-        <v>718</v>
+        <v>706</v>
       </c>
       <c r="B599" t="s">
-        <v>11</v>
+        <v>213</v>
       </c>
       <c r="C599" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>719</v>
+        <v>214</v>
       </c>
       <c r="E599">
-        <v>10260</v>
+        <v>40000</v>
       </c>
       <c r="F599">
-        <v>13.7278956</v>
+        <v>16.4419355</v>
       </c>
       <c r="G599">
-        <v>100.5241235</v>
+        <v>102.8359921</v>
       </c>
     </row>
     <row r="600" spans="1:7">
       <c r="A600" t="s">
-        <v>720</v>
+        <v>707</v>
       </c>
       <c r="B600" t="s">
-        <v>11</v>
+        <v>93</v>
       </c>
       <c r="C600" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>719</v>
+        <v>708</v>
       </c>
       <c r="E600">
-        <v>10260</v>
+        <v>83000</v>
       </c>
       <c r="F600">
-        <v>13.7278956</v>
+        <v>7.9810496</v>
       </c>
       <c r="G600">
-        <v>100.5241235</v>
+        <v>98.3638824</v>
       </c>
     </row>
     <row r="601" spans="1:7">
       <c r="A601" t="s">
-        <v>721</v>
+        <v>709</v>
       </c>
       <c r="B601" t="s">
-        <v>11</v>
+        <v>263</v>
       </c>
       <c r="C601" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>719</v>
+        <v>264</v>
       </c>
       <c r="E601">
-        <v>10260</v>
+        <v>91160</v>
       </c>
       <c r="F601">
-        <v>13.7278956</v>
+        <v>6.6238158</v>
       </c>
       <c r="G601">
-        <v>100.5241235</v>
+        <v>100.0673744</v>
       </c>
     </row>
     <row r="602" spans="1:7">
       <c r="A602" t="s">
-        <v>722</v>
+        <v>710</v>
       </c>
       <c r="B602" t="s">
         <v>11</v>
       </c>
       <c r="C602" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-        <v>88</v>
+        <v>185</v>
       </c>
       <c r="E602">
-        <v>10150</v>
+        <v>10110</v>
       </c>
       <c r="F602">
         <v>13.7278956</v>
       </c>
       <c r="G602">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="603" spans="1:7">
       <c r="A603" t="s">
-        <v>723</v>
+        <v>711</v>
       </c>
       <c r="B603" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="C603" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>724</v>
+        <v>712</v>
       </c>
       <c r="E603">
-        <v>11000</v>
+        <v>10210</v>
       </c>
       <c r="F603">
-        <v>13.8621125</v>
+        <v>13.7278956</v>
       </c>
       <c r="G603">
-        <v>100.5143528</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="604" spans="1:7">
       <c r="A604" t="s">
-        <v>725</v>
+        <v>713</v>
       </c>
       <c r="B604" t="s">
-        <v>369</v>
+        <v>11</v>
+      </c>
+      <c r="C604" t="s">
+        <v>714</v>
+      </c>
+      <c r="E604">
+        <v>10240</v>
       </c>
       <c r="F604">
-        <v>8.4303975</v>
+        <v>13.7278956</v>
       </c>
       <c r="G604">
-        <v>99.9631219</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="605" spans="1:7">
       <c r="A605" t="s">
-        <v>726</v>
+        <v>715</v>
       </c>
       <c r="B605" t="s">
-        <v>11</v>
+        <v>93</v>
+      </c>
+      <c r="C605" t="s">
+        <v>94</v>
+      </c>
+      <c r="E605">
+        <v>83110</v>
       </c>
       <c r="F605">
-        <v>13.7278956</v>
+        <v>7.9810496</v>
       </c>
       <c r="G605">
-        <v>100.5241235</v>
+        <v>98.3638824</v>
       </c>
     </row>
     <row r="606" spans="1:7">
       <c r="A606" t="s">
-        <v>727</v>
+        <v>288</v>
       </c>
       <c r="B606" t="s">
         <v>11</v>
+      </c>
+      <c r="C606" t="s">
+        <v>149</v>
+      </c>
+      <c r="E606">
+        <v>10330</v>
       </c>
       <c r="F606">
         <v>13.7278956</v>
       </c>
       <c r="G606">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="607" spans="1:7">
       <c r="A607" t="s">
-        <v>728</v>
+        <v>716</v>
       </c>
       <c r="B607" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="C607" t="s">
-        <v>688</v>
-[...2 lines deleted...]
-        <v>729</v>
+        <v>235</v>
       </c>
       <c r="E607">
-        <v>20180</v>
+        <v>10600</v>
       </c>
       <c r="F607">
-        <v>13.3611431</v>
+        <v>13.7278956</v>
       </c>
       <c r="G607">
-        <v>100.9846717</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="608" spans="1:7">
       <c r="A608" t="s">
-        <v>730</v>
+        <v>717</v>
       </c>
       <c r="B608" t="s">
         <v>11</v>
-      </c>
-[...7 lines deleted...]
-        <v>10150</v>
       </c>
       <c r="F608">
         <v>13.7278956</v>
       </c>
       <c r="G608">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="609" spans="1:7">
       <c r="A609" t="s">
-        <v>731</v>
+        <v>718</v>
       </c>
       <c r="B609" t="s">
-        <v>311</v>
+        <v>694</v>
+      </c>
+      <c r="C609" t="s">
+        <v>719</v>
+      </c>
+      <c r="E609">
+        <v>71110</v>
       </c>
       <c r="F609">
-        <v>13.824038</v>
+        <v>14.0227797</v>
       </c>
       <c r="G609">
-        <v>102.0645839</v>
+        <v>99.5328115</v>
       </c>
     </row>
     <row r="610" spans="1:7">
       <c r="A610" t="s">
-        <v>732</v>
+        <v>720</v>
       </c>
       <c r="B610" t="s">
-        <v>60</v>
+        <v>11</v>
       </c>
       <c r="C610" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>62</v>
+        <v>72</v>
       </c>
       <c r="E610">
-        <v>82130</v>
+        <v>10110</v>
       </c>
       <c r="F610">
-        <v>8.4407456</v>
+        <v>13.7278956</v>
       </c>
       <c r="G610">
-        <v>98.5193032</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="611" spans="1:7">
       <c r="A611" t="s">
-        <v>733</v>
+        <v>721</v>
       </c>
       <c r="B611" t="s">
-        <v>103</v>
+        <v>722</v>
+      </c>
+      <c r="C611" t="s">
+        <v>723</v>
+      </c>
+      <c r="E611">
+        <v>45190</v>
       </c>
       <c r="F611">
-        <v>13.5990961</v>
+        <v>16.0538196</v>
       </c>
       <c r="G611">
-        <v>100.5998319</v>
+        <v>103.6520036</v>
       </c>
     </row>
     <row r="612" spans="1:7">
       <c r="A612" t="s">
-        <v>734</v>
+        <v>724</v>
       </c>
       <c r="B612" t="s">
-        <v>11</v>
+        <v>492</v>
       </c>
       <c r="C612" t="s">
-        <v>694</v>
+        <v>725</v>
       </c>
       <c r="D612" t="s">
-        <v>735</v>
+        <v>726</v>
       </c>
       <c r="E612">
-        <v>10120</v>
+        <v>12120</v>
       </c>
       <c r="F612">
-        <v>13.7278956</v>
+        <v>14.0208391</v>
       </c>
       <c r="G612">
-        <v>100.5241235</v>
+        <v>100.5250276</v>
       </c>
     </row>
     <row r="613" spans="1:7">
       <c r="A613" t="s">
-        <v>562</v>
+        <v>727</v>
       </c>
       <c r="B613" t="s">
-        <v>11</v>
+        <v>541</v>
       </c>
       <c r="C613" t="s">
-        <v>159</v>
+        <v>703</v>
       </c>
       <c r="D613" t="s">
-        <v>668</v>
+        <v>703</v>
       </c>
       <c r="E613">
-        <v>10600</v>
+        <v>18170</v>
       </c>
       <c r="F613">
-        <v>13.7278956</v>
+        <v>14.5289154</v>
       </c>
       <c r="G613">
-        <v>100.5241235</v>
+        <v>100.9101421</v>
       </c>
     </row>
     <row r="614" spans="1:7">
       <c r="A614" t="s">
-        <v>736</v>
+        <v>728</v>
       </c>
       <c r="B614" t="s">
         <v>11</v>
       </c>
       <c r="C614" t="s">
-        <v>645</v>
+        <v>72</v>
       </c>
       <c r="D614" t="s">
-        <v>737</v>
+        <v>97</v>
       </c>
       <c r="E614">
-        <v>10210</v>
+        <v>10110</v>
       </c>
       <c r="F614">
         <v>13.7278956</v>
       </c>
       <c r="G614">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="615" spans="1:7">
       <c r="A615" t="s">
-        <v>738</v>
+        <v>729</v>
       </c>
       <c r="B615" t="s">
-        <v>391</v>
+        <v>8</v>
       </c>
       <c r="C615" t="s">
-        <v>739</v>
+        <v>730</v>
+      </c>
+      <c r="D615" t="s">
+        <v>730</v>
       </c>
       <c r="E615">
-        <v>86180</v>
+        <v>21140</v>
       </c>
       <c r="F615">
-        <v>10.4930496</v>
+        <v>12.6833115</v>
       </c>
       <c r="G615">
-        <v>99.1800199</v>
+        <v>101.2374295</v>
       </c>
     </row>
     <row r="616" spans="1:7">
       <c r="A616" t="s">
-        <v>740</v>
+        <v>731</v>
       </c>
       <c r="B616" t="s">
         <v>11</v>
+      </c>
+      <c r="C616" t="s">
+        <v>185</v>
+      </c>
+      <c r="E616">
+        <v>10110</v>
       </c>
       <c r="F616">
         <v>13.7278956</v>
       </c>
       <c r="G616">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="617" spans="1:7">
       <c r="A617" t="s">
-        <v>740</v>
+        <v>732</v>
       </c>
       <c r="B617" t="s">
         <v>11</v>
+      </c>
+      <c r="C617" t="s">
+        <v>185</v>
+      </c>
+      <c r="E617">
+        <v>10110</v>
       </c>
       <c r="F617">
         <v>13.7278956</v>
       </c>
       <c r="G617">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="618" spans="1:7">
       <c r="A618" t="s">
-        <v>741</v>
+        <v>733</v>
       </c>
       <c r="B618" t="s">
         <v>11</v>
+      </c>
+      <c r="C618" t="s">
+        <v>235</v>
+      </c>
+      <c r="D618" t="s">
+        <v>734</v>
+      </c>
+      <c r="E618">
+        <v>10600</v>
       </c>
       <c r="F618">
         <v>13.7278956</v>
       </c>
       <c r="G618">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="619" spans="1:7">
       <c r="A619" t="s">
-        <v>742</v>
+        <v>735</v>
       </c>
       <c r="B619" t="s">
-        <v>11</v>
+        <v>8</v>
+      </c>
+      <c r="C619" t="s">
+        <v>404</v>
+      </c>
+      <c r="E619">
+        <v>21180</v>
       </c>
       <c r="F619">
-        <v>13.7278956</v>
+        <v>12.6833115</v>
       </c>
       <c r="G619">
-        <v>100.5241235</v>
+        <v>101.2374295</v>
       </c>
     </row>
     <row r="620" spans="1:7">
       <c r="A620" t="s">
-        <v>743</v>
+        <v>736</v>
       </c>
       <c r="B620" t="s">
-        <v>69</v>
+        <v>11</v>
+      </c>
+      <c r="C620" t="s">
+        <v>235</v>
+      </c>
+      <c r="E620">
+        <v>10600</v>
       </c>
       <c r="F620">
-        <v>14.882905</v>
+        <v>13.7278956</v>
       </c>
       <c r="G620">
-        <v>103.4937107</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="621" spans="1:7">
       <c r="A621" t="s">
-        <v>744</v>
+        <v>737</v>
       </c>
       <c r="B621" t="s">
         <v>11</v>
+      </c>
+      <c r="C621" t="s">
+        <v>712</v>
+      </c>
+      <c r="E621">
+        <v>10210</v>
       </c>
       <c r="F621">
         <v>13.7278956</v>
       </c>
       <c r="G621">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="622" spans="1:7">
       <c r="A622" t="s">
-        <v>745</v>
+        <v>738</v>
       </c>
       <c r="B622" t="s">
-        <v>627</v>
+        <v>634</v>
+      </c>
+      <c r="C622" t="s">
+        <v>739</v>
+      </c>
+      <c r="E622">
+        <v>61000</v>
       </c>
       <c r="F622">
-        <v>14.0227797</v>
+        <v>15.3835001</v>
       </c>
       <c r="G622">
-        <v>99.5328115</v>
+        <v>100.0245527</v>
       </c>
     </row>
     <row r="623" spans="1:7">
       <c r="A623" t="s">
-        <v>746</v>
+        <v>738</v>
       </c>
       <c r="B623" t="s">
-        <v>11</v>
+        <v>634</v>
+      </c>
+      <c r="C623" t="s">
+        <v>739</v>
+      </c>
+      <c r="E623">
+        <v>61000</v>
       </c>
       <c r="F623">
-        <v>13.7278956</v>
+        <v>15.3835001</v>
       </c>
       <c r="G623">
-        <v>100.5241235</v>
+        <v>100.0245527</v>
       </c>
     </row>
     <row r="624" spans="1:7">
       <c r="A624" t="s">
-        <v>747</v>
+        <v>740</v>
       </c>
       <c r="B624" t="s">
         <v>11</v>
+      </c>
+      <c r="C624" t="s">
+        <v>712</v>
+      </c>
+      <c r="E624">
+        <v>10210</v>
       </c>
       <c r="F624">
         <v>13.7278956</v>
       </c>
       <c r="G624">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="625" spans="1:7">
       <c r="A625" t="s">
-        <v>748</v>
+        <v>741</v>
       </c>
       <c r="B625" t="s">
-        <v>20</v>
+        <v>145</v>
+      </c>
+      <c r="C625" t="s">
+        <v>146</v>
+      </c>
+      <c r="D625" t="s">
+        <v>742</v>
+      </c>
+      <c r="E625">
+        <v>82130</v>
       </c>
       <c r="F625">
-        <v>7.9810496</v>
+        <v>8.4407456</v>
       </c>
       <c r="G625">
-        <v>98.3638824</v>
+        <v>98.5193032</v>
       </c>
     </row>
     <row r="626" spans="1:7">
       <c r="A626" t="s">
-        <v>749</v>
+        <v>743</v>
       </c>
       <c r="B626" t="s">
-        <v>13</v>
+        <v>11</v>
+      </c>
+      <c r="C626" t="s">
+        <v>297</v>
+      </c>
+      <c r="E626">
+        <v>10800</v>
       </c>
       <c r="F626">
-        <v>13.3611431</v>
+        <v>13.7278956</v>
       </c>
       <c r="G626">
-        <v>100.9846717</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="627" spans="1:7">
       <c r="A627" t="s">
-        <v>750</v>
+        <v>744</v>
       </c>
       <c r="B627" t="s">
-        <v>11</v>
+        <v>694</v>
+      </c>
+      <c r="C627" t="s">
+        <v>719</v>
+      </c>
+      <c r="E627">
+        <v>71110</v>
       </c>
       <c r="F627">
-        <v>13.7278956</v>
+        <v>14.0227797</v>
       </c>
       <c r="G627">
-        <v>100.5241235</v>
+        <v>99.5328115</v>
       </c>
     </row>
     <row r="628" spans="1:7">
       <c r="A628" t="s">
-        <v>751</v>
+        <v>745</v>
       </c>
       <c r="B628" t="s">
         <v>11</v>
+      </c>
+      <c r="C628" t="s">
+        <v>142</v>
+      </c>
+      <c r="D628" t="s">
+        <v>143</v>
+      </c>
+      <c r="E628">
+        <v>10260</v>
       </c>
       <c r="F628">
         <v>13.7278956</v>
       </c>
       <c r="G628">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="629" spans="1:7">
       <c r="A629" t="s">
-        <v>752</v>
+        <v>746</v>
       </c>
       <c r="B629" t="s">
         <v>11</v>
+      </c>
+      <c r="C629" t="s">
+        <v>17</v>
+      </c>
+      <c r="D629" t="s">
+        <v>747</v>
+      </c>
+      <c r="E629">
+        <v>10500</v>
       </c>
       <c r="F629">
         <v>13.7278956</v>
       </c>
       <c r="G629">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="630" spans="1:7">
       <c r="A630" t="s">
-        <v>753</v>
+        <v>748</v>
       </c>
       <c r="B630" t="s">
-        <v>103</v>
+        <v>20</v>
+      </c>
+      <c r="C630" t="s">
+        <v>749</v>
+      </c>
+      <c r="D630" t="s">
+        <v>750</v>
+      </c>
+      <c r="E630">
+        <v>10270</v>
       </c>
       <c r="F630">
         <v>13.5990961</v>
       </c>
       <c r="G630">
         <v>100.5998319</v>
       </c>
     </row>
     <row r="631" spans="1:7">
       <c r="A631" t="s">
-        <v>754</v>
+        <v>751</v>
       </c>
       <c r="B631" t="s">
         <v>11</v>
+      </c>
+      <c r="C631" t="s">
+        <v>17</v>
+      </c>
+      <c r="D631" t="s">
+        <v>747</v>
+      </c>
+      <c r="E631">
+        <v>10500</v>
       </c>
       <c r="F631">
         <v>13.7278956</v>
       </c>
       <c r="G631">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="632" spans="1:7">
       <c r="A632" t="s">
-        <v>755</v>
+        <v>752</v>
       </c>
       <c r="B632" t="s">
-        <v>11</v>
+        <v>20</v>
+      </c>
+      <c r="C632" t="s">
+        <v>182</v>
+      </c>
+      <c r="E632">
+        <v>10540</v>
       </c>
       <c r="F632">
-        <v>13.7278956</v>
+        <v>13.5990961</v>
       </c>
       <c r="G632">
-        <v>100.5241235</v>
+        <v>100.5998319</v>
       </c>
     </row>
     <row r="633" spans="1:7">
       <c r="A633" t="s">
-        <v>756</v>
+        <v>753</v>
       </c>
       <c r="B633" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="C633" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-        <v>757</v>
+        <v>754</v>
       </c>
       <c r="E633">
-        <v>10110</v>
+        <v>20180</v>
       </c>
       <c r="F633">
-        <v>13.7278956</v>
+        <v>13.3611431</v>
       </c>
       <c r="G633">
-        <v>100.5241235</v>
+        <v>100.9846717</v>
       </c>
     </row>
     <row r="634" spans="1:7">
       <c r="A634" t="s">
-        <v>758</v>
+        <v>755</v>
       </c>
       <c r="B634" t="s">
-        <v>11</v>
+        <v>62</v>
       </c>
       <c r="C634" t="s">
-        <v>57</v>
+        <v>99</v>
       </c>
       <c r="D634" t="s">
-        <v>58</v>
+        <v>756</v>
       </c>
       <c r="E634">
-        <v>10260</v>
+        <v>11000</v>
       </c>
       <c r="F634">
-        <v>13.7278956</v>
+        <v>13.8621125</v>
       </c>
       <c r="G634">
-        <v>100.5241235</v>
+        <v>100.5143528</v>
       </c>
     </row>
     <row r="635" spans="1:7">
       <c r="A635" t="s">
-        <v>759</v>
+        <v>757</v>
       </c>
       <c r="B635" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="C635" t="s">
-        <v>694</v>
-[...2 lines deleted...]
-        <v>735</v>
+        <v>182</v>
       </c>
       <c r="E635">
-        <v>10120</v>
+        <v>10540</v>
       </c>
       <c r="F635">
-        <v>13.7278956</v>
+        <v>13.5990961</v>
       </c>
       <c r="G635">
-        <v>100.5241235</v>
+        <v>100.5998319</v>
       </c>
     </row>
     <row r="636" spans="1:7">
       <c r="A636" t="s">
-        <v>760</v>
+        <v>758</v>
       </c>
       <c r="B636" t="s">
-        <v>103</v>
+        <v>11</v>
+      </c>
+      <c r="C636" t="s">
+        <v>29</v>
+      </c>
+      <c r="D636" t="s">
+        <v>697</v>
+      </c>
+      <c r="E636">
+        <v>10900</v>
       </c>
       <c r="F636">
-        <v>13.5990961</v>
+        <v>13.7278956</v>
       </c>
       <c r="G636">
-        <v>100.5998319</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="637" spans="1:7">
       <c r="A637" t="s">
-        <v>761</v>
+        <v>759</v>
       </c>
       <c r="B637" t="s">
-        <v>103</v>
+        <v>11</v>
+      </c>
+      <c r="C637" t="s">
+        <v>760</v>
+      </c>
+      <c r="E637">
+        <v>10120</v>
       </c>
       <c r="F637">
-        <v>13.5990961</v>
+        <v>13.7278956</v>
       </c>
       <c r="G637">
-        <v>100.5998319</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="638" spans="1:7">
       <c r="A638" t="s">
-        <v>762</v>
+        <v>752</v>
       </c>
       <c r="B638" t="s">
-        <v>11</v>
+        <v>20</v>
+      </c>
+      <c r="C638" t="s">
+        <v>182</v>
+      </c>
+      <c r="E638">
+        <v>10540</v>
       </c>
       <c r="F638">
-        <v>13.7278956</v>
+        <v>13.5990961</v>
       </c>
       <c r="G638">
-        <v>100.5241235</v>
+        <v>100.5998319</v>
       </c>
     </row>
     <row r="639" spans="1:7">
       <c r="A639" t="s">
-        <v>763</v>
+        <v>761</v>
       </c>
       <c r="B639" t="s">
-        <v>239</v>
+        <v>145</v>
       </c>
       <c r="F639">
-        <v>16.4827798</v>
+        <v>8.4407456</v>
       </c>
       <c r="G639">
-        <v>99.5226618</v>
+        <v>98.5193032</v>
       </c>
     </row>
     <row r="640" spans="1:7">
       <c r="A640" t="s">
-        <v>764</v>
+        <v>762</v>
       </c>
       <c r="B640" t="s">
-        <v>11</v>
+        <v>333</v>
       </c>
       <c r="F640">
-        <v>13.7278956</v>
+        <v>16.8839901</v>
       </c>
       <c r="G640">
-        <v>100.5241235</v>
+        <v>99.1258498</v>
       </c>
     </row>
     <row r="641" spans="1:7">
       <c r="A641" t="s">
-        <v>765</v>
+        <v>763</v>
       </c>
       <c r="B641" t="s">
-        <v>11</v>
+        <v>54</v>
       </c>
       <c r="C641" t="s">
-        <v>766</v>
+        <v>381</v>
       </c>
       <c r="E641">
-        <v>10600</v>
+        <v>27160</v>
       </c>
       <c r="F641">
-        <v>13.7278956</v>
+        <v>13.824038</v>
       </c>
       <c r="G641">
-        <v>100.5241235</v>
+        <v>102.0645839</v>
       </c>
     </row>
     <row r="642" spans="1:7">
       <c r="A642" t="s">
-        <v>767</v>
+        <v>764</v>
       </c>
       <c r="B642" t="s">
-        <v>11</v>
+        <v>145</v>
+      </c>
+      <c r="C642" t="s">
+        <v>146</v>
+      </c>
+      <c r="D642" t="s">
+        <v>147</v>
+      </c>
+      <c r="E642">
+        <v>82130</v>
       </c>
       <c r="F642">
-        <v>13.7278956</v>
+        <v>8.4407456</v>
       </c>
       <c r="G642">
-        <v>100.5241235</v>
+        <v>98.5193032</v>
       </c>
     </row>
     <row r="643" spans="1:7">
       <c r="A643" t="s">
-        <v>768</v>
+        <v>765</v>
       </c>
       <c r="B643" t="s">
-        <v>116</v>
+        <v>93</v>
       </c>
       <c r="F643">
-        <v>18.7756318</v>
+        <v>7.9810496</v>
       </c>
       <c r="G643">
-        <v>100.7730417</v>
+        <v>98.3638824</v>
       </c>
     </row>
     <row r="644" spans="1:7">
       <c r="A644" t="s">
-        <v>769</v>
+        <v>766</v>
       </c>
       <c r="B644" t="s">
-        <v>20</v>
+        <v>145</v>
       </c>
       <c r="C644" t="s">
-        <v>770</v>
+        <v>146</v>
+      </c>
+      <c r="D644" t="s">
+        <v>147</v>
       </c>
       <c r="E644">
-        <v>83120</v>
+        <v>82130</v>
       </c>
       <c r="F644">
-        <v>7.9810496</v>
+        <v>8.4407456</v>
       </c>
       <c r="G644">
-        <v>98.3638824</v>
+        <v>98.5193032</v>
       </c>
     </row>
     <row r="645" spans="1:7">
       <c r="A645" t="s">
-        <v>771</v>
+        <v>767</v>
       </c>
       <c r="B645" t="s">
-        <v>20</v>
+        <v>11</v>
+      </c>
+      <c r="C645" t="s">
+        <v>142</v>
+      </c>
+      <c r="E645">
+        <v>10260</v>
       </c>
       <c r="F645">
-        <v>7.9810496</v>
+        <v>13.7278956</v>
       </c>
       <c r="G645">
-        <v>98.3638824</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="646" spans="1:7">
       <c r="A646" t="s">
-        <v>772</v>
+        <v>768</v>
       </c>
       <c r="B646" t="s">
-        <v>103</v>
+        <v>11</v>
       </c>
       <c r="C646" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-        <v>171</v>
+        <v>142</v>
       </c>
       <c r="E646">
-        <v>10540</v>
+        <v>10260</v>
       </c>
       <c r="F646">
-        <v>13.5990961</v>
+        <v>13.7278956</v>
       </c>
       <c r="G646">
-        <v>100.5998319</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="647" spans="1:7">
       <c r="A647" t="s">
-        <v>773</v>
+        <v>769</v>
       </c>
       <c r="B647" t="s">
         <v>11</v>
       </c>
       <c r="C647" t="s">
-        <v>87</v>
+        <v>185</v>
       </c>
       <c r="D647" t="s">
-        <v>88</v>
+        <v>770</v>
       </c>
       <c r="E647">
-        <v>10150</v>
+        <v>10110</v>
       </c>
       <c r="F647">
         <v>13.7278956</v>
       </c>
       <c r="G647">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="648" spans="1:7">
       <c r="A648" t="s">
-        <v>774</v>
+        <v>771</v>
       </c>
       <c r="B648" t="s">
-        <v>116</v>
+        <v>93</v>
+      </c>
+      <c r="C648" t="s">
+        <v>94</v>
+      </c>
+      <c r="D648" t="s">
+        <v>95</v>
+      </c>
+      <c r="E648">
+        <v>83110</v>
       </c>
       <c r="F648">
-        <v>18.7756318</v>
+        <v>7.9810496</v>
       </c>
       <c r="G648">
-        <v>100.7730417</v>
+        <v>98.3638824</v>
       </c>
     </row>
     <row r="649" spans="1:7">
       <c r="A649" t="s">
-        <v>775</v>
+        <v>772</v>
       </c>
       <c r="B649" t="s">
-        <v>13</v>
+        <v>11</v>
+      </c>
+      <c r="C649" t="s">
+        <v>773</v>
+      </c>
+      <c r="D649" t="s">
+        <v>774</v>
+      </c>
+      <c r="E649">
+        <v>10210</v>
       </c>
       <c r="F649">
-        <v>13.3611431</v>
+        <v>13.7278956</v>
       </c>
       <c r="G649">
-        <v>100.9846717</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="650" spans="1:7">
       <c r="A650" t="s">
-        <v>776</v>
+        <v>775</v>
       </c>
       <c r="B650" t="s">
         <v>11</v>
+      </c>
+      <c r="C650" t="s">
+        <v>169</v>
+      </c>
+      <c r="E650">
+        <v>10150</v>
       </c>
       <c r="F650">
         <v>13.7278956</v>
       </c>
       <c r="G650">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="651" spans="1:7">
       <c r="A651" t="s">
+        <v>776</v>
+      </c>
+      <c r="B651" t="s">
+        <v>694</v>
+      </c>
+      <c r="C651" t="s">
         <v>777</v>
       </c>
-      <c r="B651" t="s">
-        <v>103</v>
+      <c r="E651">
+        <v>71160</v>
       </c>
       <c r="F651">
-        <v>13.5990961</v>
+        <v>14.0227797</v>
       </c>
       <c r="G651">
-        <v>100.5998319</v>
+        <v>99.5328115</v>
       </c>
     </row>
     <row r="652" spans="1:7">
       <c r="A652" t="s">
         <v>778</v>
       </c>
       <c r="B652" t="s">
         <v>11</v>
       </c>
+      <c r="C652" t="s">
+        <v>235</v>
+      </c>
+      <c r="E652">
+        <v>10600</v>
+      </c>
       <c r="F652">
         <v>13.7278956</v>
       </c>
       <c r="G652">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="653" spans="1:7">
       <c r="A653" t="s">
         <v>779</v>
       </c>
       <c r="B653" t="s">
-        <v>46</v>
+        <v>11</v>
+      </c>
+      <c r="C653" t="s">
+        <v>317</v>
+      </c>
+      <c r="D653" t="s">
+        <v>143</v>
+      </c>
+      <c r="E653">
+        <v>10160</v>
       </c>
       <c r="F653">
-        <v>18.2888404</v>
+        <v>13.7278956</v>
       </c>
       <c r="G653">
-        <v>99.490874</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="654" spans="1:7">
       <c r="A654" t="s">
         <v>780</v>
       </c>
       <c r="B654" t="s">
         <v>11</v>
       </c>
+      <c r="C654" t="s">
+        <v>297</v>
+      </c>
+      <c r="D654" t="s">
+        <v>781</v>
+      </c>
+      <c r="E654">
+        <v>10800</v>
+      </c>
       <c r="F654">
         <v>13.7278956</v>
       </c>
       <c r="G654">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="655" spans="1:7">
       <c r="A655" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="B655" t="s">
-        <v>782</v>
+        <v>11</v>
+      </c>
+      <c r="C655" t="s">
+        <v>166</v>
+      </c>
+      <c r="D655" t="s">
+        <v>167</v>
+      </c>
+      <c r="E655">
+        <v>10400</v>
       </c>
       <c r="F655">
-        <v>17.4138413</v>
+        <v>13.7278956</v>
       </c>
       <c r="G655">
-        <v>102.7872325</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="656" spans="1:7">
       <c r="A656" t="s">
         <v>783</v>
       </c>
       <c r="B656" t="s">
-        <v>103</v>
+        <v>54</v>
+      </c>
+      <c r="C656" t="s">
+        <v>381</v>
+      </c>
+      <c r="E656">
+        <v>27160</v>
       </c>
       <c r="F656">
-        <v>13.5990961</v>
+        <v>13.824038</v>
       </c>
       <c r="G656">
-        <v>100.5998319</v>
+        <v>102.0645839</v>
       </c>
     </row>
     <row r="657" spans="1:7">
       <c r="A657" t="s">
         <v>784</v>
       </c>
       <c r="B657" t="s">
         <v>11</v>
       </c>
+      <c r="C657" t="s">
+        <v>118</v>
+      </c>
+      <c r="D657" t="s">
+        <v>785</v>
+      </c>
+      <c r="E657">
+        <v>10260</v>
+      </c>
       <c r="F657">
         <v>13.7278956</v>
       </c>
       <c r="G657">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="658" spans="1:7">
       <c r="A658" t="s">
+        <v>786</v>
+      </c>
+      <c r="B658" t="s">
+        <v>11</v>
+      </c>
+      <c r="C658" t="s">
+        <v>118</v>
+      </c>
+      <c r="D658" t="s">
         <v>785</v>
       </c>
-      <c r="B658" t="s">
-        <v>11</v>
+      <c r="E658">
+        <v>10260</v>
       </c>
       <c r="F658">
         <v>13.7278956</v>
       </c>
       <c r="G658">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="659" spans="1:7">
       <c r="A659" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="B659" t="s">
         <v>11</v>
+      </c>
+      <c r="C659" t="s">
+        <v>118</v>
+      </c>
+      <c r="D659" t="s">
+        <v>785</v>
+      </c>
+      <c r="E659">
+        <v>10260</v>
       </c>
       <c r="F659">
         <v>13.7278956</v>
       </c>
       <c r="G659">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="660" spans="1:7">
       <c r="A660" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="B660" t="s">
         <v>11</v>
+      </c>
+      <c r="C660" t="s">
+        <v>169</v>
+      </c>
+      <c r="D660" t="s">
+        <v>170</v>
+      </c>
+      <c r="E660">
+        <v>10150</v>
       </c>
       <c r="F660">
         <v>13.7278956</v>
       </c>
       <c r="G660">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="661" spans="1:7">
       <c r="A661" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="B661" t="s">
-        <v>311</v>
+        <v>62</v>
+      </c>
+      <c r="C661" t="s">
+        <v>99</v>
+      </c>
+      <c r="D661" t="s">
+        <v>790</v>
+      </c>
+      <c r="E661">
+        <v>11000</v>
       </c>
       <c r="F661">
-        <v>13.824038</v>
+        <v>13.8621125</v>
       </c>
       <c r="G661">
-        <v>102.0645839</v>
+        <v>100.5143528</v>
       </c>
     </row>
     <row r="662" spans="1:7">
       <c r="A662" t="s">
-        <v>789</v>
+        <v>791</v>
       </c>
       <c r="B662" t="s">
-        <v>11</v>
+        <v>438</v>
       </c>
       <c r="F662">
-        <v>13.7278956</v>
+        <v>8.4303975</v>
       </c>
       <c r="G662">
-        <v>100.5241235</v>
+        <v>99.9631219</v>
       </c>
     </row>
     <row r="663" spans="1:7">
       <c r="A663" t="s">
-        <v>790</v>
+        <v>792</v>
       </c>
       <c r="B663" t="s">
-        <v>116</v>
+        <v>11</v>
       </c>
       <c r="F663">
-        <v>18.7756318</v>
+        <v>13.7278956</v>
       </c>
       <c r="G663">
-        <v>100.7730417</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="664" spans="1:7">
       <c r="A664" t="s">
-        <v>791</v>
+        <v>793</v>
       </c>
       <c r="B664" t="s">
-        <v>311</v>
+        <v>11</v>
       </c>
       <c r="F664">
-        <v>13.824038</v>
+        <v>13.7278956</v>
       </c>
       <c r="G664">
-        <v>102.0645839</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="665" spans="1:7">
       <c r="A665" t="s">
-        <v>792</v>
+        <v>794</v>
       </c>
       <c r="B665" t="s">
-        <v>387</v>
+        <v>13</v>
+      </c>
+      <c r="C665" t="s">
+        <v>754</v>
+      </c>
+      <c r="D665" t="s">
+        <v>795</v>
+      </c>
+      <c r="E665">
+        <v>20180</v>
       </c>
       <c r="F665">
-        <v>9.9528702</v>
+        <v>13.3611431</v>
       </c>
       <c r="G665">
-        <v>98.6084641</v>
+        <v>100.9846717</v>
       </c>
     </row>
     <row r="666" spans="1:7">
       <c r="A666" t="s">
-        <v>793</v>
+        <v>796</v>
       </c>
       <c r="B666" t="s">
         <v>11</v>
+      </c>
+      <c r="C666" t="s">
+        <v>169</v>
+      </c>
+      <c r="D666" t="s">
+        <v>170</v>
+      </c>
+      <c r="E666">
+        <v>10150</v>
       </c>
       <c r="F666">
         <v>13.7278956</v>
       </c>
       <c r="G666">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="667" spans="1:7">
       <c r="A667" t="s">
-        <v>794</v>
+        <v>797</v>
       </c>
       <c r="B667" t="s">
-        <v>11</v>
+        <v>54</v>
       </c>
       <c r="F667">
-        <v>13.7278956</v>
+        <v>13.824038</v>
       </c>
       <c r="G667">
-        <v>100.5241235</v>
+        <v>102.0645839</v>
       </c>
     </row>
     <row r="668" spans="1:7">
       <c r="A668" t="s">
-        <v>795</v>
+        <v>798</v>
       </c>
       <c r="B668" t="s">
-        <v>11</v>
+        <v>145</v>
+      </c>
+      <c r="C668" t="s">
+        <v>146</v>
+      </c>
+      <c r="D668" t="s">
+        <v>147</v>
+      </c>
+      <c r="E668">
+        <v>82130</v>
       </c>
       <c r="F668">
-        <v>13.7278956</v>
+        <v>8.4407456</v>
       </c>
       <c r="G668">
-        <v>100.5241235</v>
+        <v>98.5193032</v>
       </c>
     </row>
     <row r="669" spans="1:7">
       <c r="A669" t="s">
-        <v>796</v>
+        <v>799</v>
       </c>
       <c r="B669" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="F669">
-        <v>13.7278956</v>
+        <v>13.5990961</v>
       </c>
       <c r="G669">
-        <v>100.5241235</v>
+        <v>100.5998319</v>
       </c>
     </row>
     <row r="670" spans="1:7">
       <c r="A670" t="s">
-        <v>797</v>
+        <v>800</v>
       </c>
       <c r="B670" t="s">
-        <v>105</v>
+        <v>11</v>
+      </c>
+      <c r="C670" t="s">
+        <v>760</v>
+      </c>
+      <c r="D670" t="s">
+        <v>801</v>
+      </c>
+      <c r="E670">
+        <v>10120</v>
       </c>
       <c r="F670">
-        <v>14.9798997</v>
+        <v>13.7278956</v>
       </c>
       <c r="G670">
-        <v>102.0977693</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="671" spans="1:7">
       <c r="A671" t="s">
-        <v>798</v>
+        <v>629</v>
       </c>
       <c r="B671" t="s">
-        <v>41</v>
+        <v>11</v>
+      </c>
+      <c r="C671" t="s">
+        <v>235</v>
+      </c>
+      <c r="D671" t="s">
+        <v>734</v>
+      </c>
+      <c r="E671">
+        <v>10600</v>
       </c>
       <c r="F671">
-        <v>18.7877477</v>
+        <v>13.7278956</v>
       </c>
       <c r="G671">
-        <v>98.9931311</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="672" spans="1:7">
       <c r="A672" t="s">
-        <v>799</v>
+        <v>802</v>
       </c>
       <c r="B672" t="s">
-        <v>487</v>
+        <v>11</v>
+      </c>
+      <c r="C672" t="s">
+        <v>712</v>
+      </c>
+      <c r="D672" t="s">
+        <v>803</v>
+      </c>
+      <c r="E672">
+        <v>10210</v>
       </c>
       <c r="F672">
-        <v>8.0862997</v>
+        <v>13.7278956</v>
       </c>
       <c r="G672">
-        <v>98.9062835</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="673" spans="1:7">
       <c r="A673" t="s">
-        <v>800</v>
+        <v>804</v>
       </c>
       <c r="B673" t="s">
-        <v>11</v>
+        <v>459</v>
+      </c>
+      <c r="C673" t="s">
+        <v>805</v>
+      </c>
+      <c r="E673">
+        <v>86180</v>
       </c>
       <c r="F673">
-        <v>13.7278956</v>
+        <v>10.4930496</v>
       </c>
       <c r="G673">
-        <v>100.5241235</v>
+        <v>99.1800199</v>
       </c>
     </row>
     <row r="674" spans="1:7">
       <c r="A674" t="s">
-        <v>747</v>
+        <v>806</v>
       </c>
       <c r="B674" t="s">
         <v>11</v>
       </c>
       <c r="F674">
         <v>13.7278956</v>
       </c>
       <c r="G674">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="675" spans="1:7">
       <c r="A675" t="s">
-        <v>801</v>
+        <v>806</v>
       </c>
       <c r="B675" t="s">
         <v>11</v>
-      </c>
-[...1 lines deleted...]
-        <v>93000</v>
       </c>
       <c r="F675">
         <v>13.7278956</v>
       </c>
       <c r="G675">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="676" spans="1:7">
       <c r="A676" t="s">
-        <v>802</v>
+        <v>807</v>
       </c>
       <c r="B676" t="s">
         <v>11</v>
       </c>
       <c r="F676">
         <v>13.7278956</v>
       </c>
       <c r="G676">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="677" spans="1:7">
       <c r="A677" t="s">
-        <v>803</v>
+        <v>808</v>
       </c>
       <c r="B677" t="s">
-        <v>105</v>
+        <v>11</v>
       </c>
       <c r="F677">
-        <v>14.9798997</v>
+        <v>13.7278956</v>
       </c>
       <c r="G677">
-        <v>102.0977693</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="678" spans="1:7">
       <c r="A678" t="s">
-        <v>804</v>
+        <v>809</v>
       </c>
       <c r="B678" t="s">
-        <v>11</v>
+        <v>65</v>
       </c>
       <c r="F678">
-        <v>13.7278956</v>
+        <v>14.882905</v>
       </c>
       <c r="G678">
-        <v>100.5241235</v>
+        <v>103.4937107</v>
       </c>
     </row>
     <row r="679" spans="1:7">
       <c r="A679" t="s">
-        <v>805</v>
+        <v>810</v>
       </c>
       <c r="B679" t="s">
         <v>11</v>
       </c>
       <c r="F679">
         <v>13.7278956</v>
       </c>
       <c r="G679">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="680" spans="1:7">
       <c r="A680" t="s">
-        <v>806</v>
+        <v>811</v>
       </c>
       <c r="B680" t="s">
-        <v>11</v>
+        <v>694</v>
       </c>
       <c r="F680">
-        <v>13.7278956</v>
+        <v>14.0227797</v>
       </c>
       <c r="G680">
-        <v>100.5241235</v>
+        <v>99.5328115</v>
       </c>
     </row>
     <row r="681" spans="1:7">
       <c r="A681" t="s">
-        <v>807</v>
+        <v>812</v>
       </c>
       <c r="B681" t="s">
         <v>11</v>
       </c>
       <c r="F681">
         <v>13.7278956</v>
       </c>
       <c r="G681">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="682" spans="1:7">
       <c r="A682" t="s">
-        <v>808</v>
+        <v>813</v>
       </c>
       <c r="B682" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="F682">
-        <v>16.4189807</v>
+        <v>13.7278956</v>
       </c>
       <c r="G682">
-        <v>101.1550926</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="683" spans="1:7">
       <c r="A683" t="s">
-        <v>809</v>
+        <v>814</v>
       </c>
       <c r="B683" t="s">
-        <v>810</v>
+        <v>93</v>
       </c>
       <c r="F683">
-        <v>15.1186009</v>
+        <v>7.9810496</v>
       </c>
       <c r="G683">
-        <v>104.3220095</v>
+        <v>98.3638824</v>
       </c>
     </row>
     <row r="684" spans="1:7">
       <c r="A684" t="s">
-        <v>811</v>
+        <v>815</v>
       </c>
       <c r="B684" t="s">
-        <v>812</v>
+        <v>13</v>
       </c>
       <c r="F684">
-        <v>17.1545995</v>
+        <v>13.3611431</v>
       </c>
       <c r="G684">
-        <v>104.1348365</v>
+        <v>100.9846717</v>
       </c>
     </row>
     <row r="685" spans="1:7">
       <c r="A685" t="s">
-        <v>813</v>
+        <v>816</v>
       </c>
       <c r="B685" t="s">
         <v>11</v>
       </c>
       <c r="F685">
         <v>13.7278956</v>
       </c>
       <c r="G685">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="686" spans="1:7">
       <c r="A686" t="s">
-        <v>814</v>
+        <v>817</v>
       </c>
       <c r="B686" t="s">
         <v>11</v>
       </c>
       <c r="F686">
         <v>13.7278956</v>
       </c>
       <c r="G686">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="687" spans="1:7">
       <c r="A687" t="s">
-        <v>815</v>
+        <v>818</v>
       </c>
       <c r="B687" t="s">
-        <v>121</v>
+        <v>11</v>
       </c>
       <c r="F687">
-        <v>14.2069466</v>
+        <v>13.7278956</v>
       </c>
       <c r="G687">
-        <v>101.2130511</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="688" spans="1:7">
       <c r="A688" t="s">
-        <v>816</v>
+        <v>819</v>
       </c>
       <c r="B688" t="s">
-        <v>121</v>
+        <v>20</v>
       </c>
       <c r="F688">
-        <v>14.2069466</v>
+        <v>13.5990961</v>
       </c>
       <c r="G688">
-        <v>101.2130511</v>
+        <v>100.5998319</v>
       </c>
     </row>
     <row r="689" spans="1:7">
       <c r="A689" t="s">
-        <v>817</v>
+        <v>820</v>
       </c>
       <c r="B689" t="s">
         <v>11</v>
       </c>
       <c r="F689">
         <v>13.7278956</v>
       </c>
       <c r="G689">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="690" spans="1:7">
       <c r="A690" t="s">
-        <v>818</v>
+        <v>821</v>
       </c>
       <c r="B690" t="s">
-        <v>103</v>
+        <v>11</v>
       </c>
       <c r="F690">
-        <v>13.5990961</v>
+        <v>13.7278956</v>
       </c>
       <c r="G690">
-        <v>100.5998319</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="691" spans="1:7">
       <c r="A691" t="s">
-        <v>819</v>
+        <v>822</v>
       </c>
       <c r="B691" t="s">
         <v>11</v>
+      </c>
+      <c r="C691" t="s">
+        <v>185</v>
+      </c>
+      <c r="D691" t="s">
+        <v>823</v>
+      </c>
+      <c r="E691">
+        <v>10110</v>
       </c>
       <c r="F691">
         <v>13.7278956</v>
       </c>
       <c r="G691">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="692" spans="1:7">
       <c r="A692" t="s">
-        <v>820</v>
+        <v>824</v>
       </c>
       <c r="B692" t="s">
-        <v>188</v>
+        <v>11</v>
+      </c>
+      <c r="C692" t="s">
+        <v>142</v>
+      </c>
+      <c r="D692" t="s">
+        <v>143</v>
+      </c>
+      <c r="E692">
+        <v>10260</v>
       </c>
       <c r="F692">
-        <v>6.6238158</v>
+        <v>13.7278956</v>
       </c>
       <c r="G692">
-        <v>100.0673744</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="693" spans="1:7">
       <c r="A693" t="s">
-        <v>821</v>
+        <v>825</v>
       </c>
       <c r="B693" t="s">
-        <v>594</v>
+        <v>11</v>
+      </c>
+      <c r="C693" t="s">
+        <v>760</v>
+      </c>
+      <c r="D693" t="s">
+        <v>801</v>
+      </c>
+      <c r="E693">
+        <v>10120</v>
       </c>
       <c r="F693">
-        <v>14.3532128</v>
+        <v>13.7278956</v>
       </c>
       <c r="G693">
-        <v>100.5689599</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="694" spans="1:7">
       <c r="A694" t="s">
-        <v>822</v>
+        <v>826</v>
       </c>
       <c r="B694" t="s">
-        <v>311</v>
+        <v>20</v>
       </c>
       <c r="F694">
-        <v>13.824038</v>
+        <v>13.5990961</v>
       </c>
       <c r="G694">
-        <v>102.0645839</v>
+        <v>100.5998319</v>
       </c>
     </row>
     <row r="695" spans="1:7">
       <c r="A695" t="s">
-        <v>823</v>
+        <v>827</v>
       </c>
       <c r="B695" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="F695">
-        <v>13.7278956</v>
+        <v>13.5990961</v>
       </c>
       <c r="G695">
-        <v>100.5241235</v>
+        <v>100.5998319</v>
       </c>
     </row>
     <row r="696" spans="1:7">
       <c r="A696" t="s">
-        <v>824</v>
+        <v>828</v>
       </c>
       <c r="B696" t="s">
         <v>11</v>
       </c>
       <c r="F696">
         <v>13.7278956</v>
       </c>
       <c r="G696">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="697" spans="1:7">
       <c r="A697" t="s">
-        <v>825</v>
+        <v>829</v>
       </c>
       <c r="B697" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="F697">
-        <v>13.7278956</v>
+        <v>16.4827798</v>
       </c>
       <c r="G697">
-        <v>100.5241235</v>
+        <v>99.5226618</v>
       </c>
     </row>
     <row r="698" spans="1:7">
       <c r="A698" t="s">
-        <v>826</v>
+        <v>830</v>
       </c>
       <c r="B698" t="s">
         <v>11</v>
       </c>
       <c r="F698">
         <v>13.7278956</v>
       </c>
       <c r="G698">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="699" spans="1:7">
       <c r="A699" t="s">
-        <v>827</v>
+        <v>831</v>
       </c>
       <c r="B699" t="s">
-        <v>20</v>
+        <v>11</v>
+      </c>
+      <c r="C699" t="s">
+        <v>832</v>
+      </c>
+      <c r="E699">
+        <v>10600</v>
       </c>
       <c r="F699">
-        <v>7.9810496</v>
+        <v>13.7278956</v>
       </c>
       <c r="G699">
-        <v>98.3638824</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="700" spans="1:7">
       <c r="A700" t="s">
-        <v>828</v>
+        <v>833</v>
       </c>
       <c r="B700" t="s">
         <v>11</v>
       </c>
       <c r="F700">
         <v>13.7278956</v>
       </c>
       <c r="G700">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="701" spans="1:7">
       <c r="A701" t="s">
-        <v>829</v>
+        <v>834</v>
       </c>
       <c r="B701" t="s">
-        <v>103</v>
+        <v>193</v>
       </c>
       <c r="F701">
-        <v>13.5990961</v>
+        <v>18.7756318</v>
       </c>
       <c r="G701">
-        <v>100.5998319</v>
+        <v>100.7730417</v>
       </c>
     </row>
     <row r="702" spans="1:7">
       <c r="A702" t="s">
-        <v>830</v>
+        <v>835</v>
       </c>
       <c r="B702" t="s">
-        <v>13</v>
+        <v>93</v>
+      </c>
+      <c r="C702" t="s">
+        <v>836</v>
+      </c>
+      <c r="E702">
+        <v>83120</v>
       </c>
       <c r="F702">
-        <v>13.3611431</v>
+        <v>7.9810496</v>
       </c>
       <c r="G702">
-        <v>100.9846717</v>
+        <v>98.3638824</v>
       </c>
     </row>
     <row r="703" spans="1:7">
       <c r="A703" t="s">
-        <v>831</v>
+        <v>837</v>
       </c>
       <c r="B703" t="s">
-        <v>20</v>
+        <v>93</v>
       </c>
       <c r="F703">
         <v>7.9810496</v>
       </c>
       <c r="G703">
         <v>98.3638824</v>
       </c>
     </row>
     <row r="704" spans="1:7">
       <c r="A704" t="s">
-        <v>832</v>
+        <v>838</v>
       </c>
       <c r="B704" t="s">
-        <v>11</v>
+        <v>20</v>
+      </c>
+      <c r="C704" t="s">
+        <v>182</v>
+      </c>
+      <c r="D704" t="s">
+        <v>247</v>
+      </c>
+      <c r="E704">
+        <v>10540</v>
       </c>
       <c r="F704">
-        <v>13.7278956</v>
+        <v>13.5990961</v>
       </c>
       <c r="G704">
-        <v>100.5241235</v>
+        <v>100.5998319</v>
       </c>
     </row>
     <row r="705" spans="1:7">
       <c r="A705" t="s">
-        <v>833</v>
+        <v>839</v>
       </c>
       <c r="B705" t="s">
         <v>11</v>
+      </c>
+      <c r="C705" t="s">
+        <v>169</v>
+      </c>
+      <c r="D705" t="s">
+        <v>170</v>
+      </c>
+      <c r="E705">
+        <v>10150</v>
       </c>
       <c r="F705">
         <v>13.7278956</v>
       </c>
       <c r="G705">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="706" spans="1:7">
       <c r="A706" t="s">
-        <v>834</v>
+        <v>840</v>
       </c>
       <c r="B706" t="s">
-        <v>11</v>
+        <v>193</v>
       </c>
       <c r="F706">
-        <v>13.7278956</v>
+        <v>18.7756318</v>
       </c>
       <c r="G706">
-        <v>100.5241235</v>
+        <v>100.7730417</v>
       </c>
     </row>
     <row r="707" spans="1:7">
       <c r="A707" t="s">
-        <v>835</v>
+        <v>841</v>
       </c>
       <c r="B707" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="F707">
-        <v>13.7278956</v>
+        <v>13.3611431</v>
       </c>
       <c r="G707">
-        <v>100.5241235</v>
+        <v>100.9846717</v>
       </c>
     </row>
     <row r="708" spans="1:7">
       <c r="A708" t="s">
-        <v>836</v>
+        <v>842</v>
       </c>
       <c r="B708" t="s">
         <v>11</v>
       </c>
       <c r="F708">
         <v>13.7278956</v>
       </c>
       <c r="G708">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="709" spans="1:7">
       <c r="A709" t="s">
-        <v>837</v>
+        <v>843</v>
       </c>
       <c r="B709" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="F709">
-        <v>13.7278956</v>
+        <v>13.5990961</v>
       </c>
       <c r="G709">
-        <v>100.5241235</v>
+        <v>100.5998319</v>
       </c>
     </row>
     <row r="710" spans="1:7">
       <c r="A710" t="s">
-        <v>838</v>
+        <v>844</v>
       </c>
       <c r="B710" t="s">
         <v>11</v>
       </c>
       <c r="F710">
         <v>13.7278956</v>
       </c>
       <c r="G710">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="711" spans="1:7">
       <c r="A711" t="s">
-        <v>839</v>
+        <v>845</v>
       </c>
       <c r="B711" t="s">
-        <v>20</v>
+        <v>133</v>
       </c>
       <c r="F711">
-        <v>7.9810496</v>
+        <v>18.2888404</v>
       </c>
       <c r="G711">
-        <v>98.3638824</v>
+        <v>99.490874</v>
       </c>
     </row>
     <row r="712" spans="1:7">
       <c r="A712" t="s">
-        <v>840</v>
+        <v>846</v>
       </c>
       <c r="B712" t="s">
-        <v>594</v>
+        <v>11</v>
       </c>
       <c r="F712">
-        <v>14.3532128</v>
+        <v>13.7278956</v>
       </c>
       <c r="G712">
-        <v>100.5689599</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="713" spans="1:7">
       <c r="A713" t="s">
-        <v>827</v>
+        <v>847</v>
       </c>
       <c r="B713" t="s">
-        <v>20</v>
+        <v>848</v>
       </c>
       <c r="F713">
-        <v>7.9810496</v>
+        <v>17.4138413</v>
       </c>
       <c r="G713">
-        <v>98.3638824</v>
+        <v>102.7872325</v>
       </c>
     </row>
     <row r="714" spans="1:7">
       <c r="A714" t="s">
-        <v>841</v>
+        <v>849</v>
       </c>
       <c r="B714" t="s">
-        <v>842</v>
+        <v>20</v>
       </c>
       <c r="F714">
-        <v>19.2990643</v>
+        <v>13.5990961</v>
       </c>
       <c r="G714">
-        <v>97.9656226</v>
+        <v>100.5998319</v>
       </c>
     </row>
     <row r="715" spans="1:7">
       <c r="A715" t="s">
-        <v>843</v>
+        <v>850</v>
       </c>
       <c r="B715" t="s">
-        <v>103</v>
+        <v>11</v>
       </c>
       <c r="F715">
-        <v>13.5990961</v>
+        <v>13.7278956</v>
       </c>
       <c r="G715">
-        <v>100.5998319</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="716" spans="1:7">
       <c r="A716" t="s">
-        <v>844</v>
+        <v>851</v>
       </c>
       <c r="B716" t="s">
-        <v>103</v>
+        <v>11</v>
       </c>
       <c r="F716">
-        <v>13.5990961</v>
+        <v>13.7278956</v>
       </c>
       <c r="G716">
-        <v>100.5998319</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="717" spans="1:7">
       <c r="A717" t="s">
-        <v>845</v>
+        <v>852</v>
       </c>
       <c r="B717" t="s">
         <v>11</v>
       </c>
       <c r="F717">
         <v>13.7278956</v>
       </c>
       <c r="G717">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="718" spans="1:7">
       <c r="A718" t="s">
-        <v>846</v>
+        <v>853</v>
       </c>
       <c r="B718" t="s">
-        <v>105</v>
+        <v>11</v>
       </c>
       <c r="F718">
-        <v>14.9798997</v>
+        <v>13.7278956</v>
       </c>
       <c r="G718">
-        <v>102.0977693</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="719" spans="1:7">
       <c r="A719" t="s">
-        <v>847</v>
+        <v>854</v>
       </c>
       <c r="B719" t="s">
-        <v>11</v>
+        <v>54</v>
       </c>
       <c r="F719">
-        <v>13.7278956</v>
+        <v>13.824038</v>
       </c>
       <c r="G719">
-        <v>100.5241235</v>
+        <v>102.0645839</v>
       </c>
     </row>
     <row r="720" spans="1:7">
       <c r="A720" t="s">
-        <v>848</v>
+        <v>855</v>
       </c>
       <c r="B720" t="s">
-        <v>103</v>
+        <v>11</v>
       </c>
       <c r="F720">
-        <v>13.5990961</v>
+        <v>13.7278956</v>
       </c>
       <c r="G720">
-        <v>100.5998319</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="721" spans="1:7">
       <c r="A721" t="s">
-        <v>849</v>
+        <v>856</v>
       </c>
       <c r="B721" t="s">
-        <v>103</v>
+        <v>193</v>
       </c>
       <c r="F721">
-        <v>13.5990961</v>
+        <v>18.7756318</v>
       </c>
       <c r="G721">
-        <v>100.5998319</v>
+        <v>100.7730417</v>
       </c>
     </row>
     <row r="722" spans="1:7">
       <c r="A722" t="s">
-        <v>850</v>
+        <v>857</v>
       </c>
       <c r="B722" t="s">
-        <v>11</v>
+        <v>54</v>
       </c>
       <c r="F722">
-        <v>13.7278956</v>
+        <v>13.824038</v>
       </c>
       <c r="G722">
-        <v>100.5241235</v>
+        <v>102.0645839</v>
       </c>
     </row>
     <row r="723" spans="1:7">
       <c r="A723" t="s">
-        <v>837</v>
+        <v>858</v>
       </c>
       <c r="B723" t="s">
-        <v>11</v>
+        <v>455</v>
       </c>
       <c r="F723">
-        <v>13.7278956</v>
+        <v>9.9528702</v>
       </c>
       <c r="G723">
-        <v>100.5241235</v>
+        <v>98.6084641</v>
       </c>
     </row>
     <row r="724" spans="1:7">
       <c r="A724" t="s">
-        <v>851</v>
+        <v>859</v>
       </c>
       <c r="B724" t="s">
         <v>11</v>
       </c>
       <c r="F724">
         <v>13.7278956</v>
       </c>
       <c r="G724">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="725" spans="1:7">
       <c r="A725" t="s">
-        <v>852</v>
+        <v>860</v>
       </c>
       <c r="B725" t="s">
-        <v>41</v>
+        <v>11</v>
       </c>
       <c r="F725">
-        <v>18.7877477</v>
+        <v>13.7278956</v>
       </c>
       <c r="G725">
-        <v>98.9931311</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="726" spans="1:7">
       <c r="A726" t="s">
-        <v>853</v>
+        <v>861</v>
       </c>
       <c r="B726" t="s">
         <v>11</v>
       </c>
       <c r="F726">
         <v>13.7278956</v>
       </c>
       <c r="G726">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="727" spans="1:7">
       <c r="A727" t="s">
-        <v>854</v>
+        <v>862</v>
       </c>
       <c r="B727" t="s">
         <v>11</v>
       </c>
       <c r="F727">
         <v>13.7278956</v>
       </c>
       <c r="G727">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="728" spans="1:7">
       <c r="A728" t="s">
-        <v>855</v>
+        <v>863</v>
       </c>
       <c r="B728" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="F728">
-        <v>13.3611431</v>
+        <v>14.9798997</v>
       </c>
       <c r="G728">
-        <v>100.9846717</v>
+        <v>102.0977693</v>
       </c>
     </row>
     <row r="729" spans="1:7">
       <c r="A729" t="s">
-        <v>856</v>
+        <v>864</v>
       </c>
       <c r="B729" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
       <c r="F729">
-        <v>13.7278956</v>
+        <v>18.7877477</v>
       </c>
       <c r="G729">
-        <v>100.5241235</v>
+        <v>98.9931311</v>
       </c>
     </row>
     <row r="730" spans="1:7">
       <c r="A730" t="s">
-        <v>857</v>
+        <v>865</v>
       </c>
       <c r="B730" t="s">
-        <v>842</v>
+        <v>554</v>
       </c>
       <c r="F730">
-        <v>19.2990643</v>
+        <v>8.0862997</v>
       </c>
       <c r="G730">
-        <v>97.9656226</v>
+        <v>98.9062835</v>
       </c>
     </row>
     <row r="731" spans="1:7">
       <c r="A731" t="s">
-        <v>837</v>
+        <v>866</v>
       </c>
       <c r="B731" t="s">
         <v>11</v>
       </c>
       <c r="F731">
         <v>13.7278956</v>
       </c>
       <c r="G731">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="732" spans="1:7">
       <c r="A732" t="s">
-        <v>858</v>
+        <v>813</v>
       </c>
       <c r="B732" t="s">
         <v>11</v>
       </c>
       <c r="F732">
         <v>13.7278956</v>
       </c>
       <c r="G732">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="733" spans="1:7">
       <c r="A733" t="s">
-        <v>859</v>
+        <v>867</v>
       </c>
       <c r="B733" t="s">
-        <v>103</v>
+        <v>11</v>
+      </c>
+      <c r="E733">
+        <v>93000</v>
       </c>
       <c r="F733">
-        <v>13.5990961</v>
+        <v>13.7278956</v>
       </c>
       <c r="G733">
-        <v>100.5998319</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="734" spans="1:7">
       <c r="A734" t="s">
-        <v>860</v>
+        <v>868</v>
       </c>
       <c r="B734" t="s">
-        <v>81</v>
+        <v>11</v>
       </c>
       <c r="F734">
-        <v>15.6930072</v>
+        <v>13.7278956</v>
       </c>
       <c r="G734">
-        <v>100.1225595</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="735" spans="1:7">
       <c r="A735" t="s">
-        <v>732</v>
+        <v>869</v>
       </c>
       <c r="B735" t="s">
-        <v>60</v>
+        <v>44</v>
       </c>
       <c r="F735">
-        <v>8.4407456</v>
+        <v>14.9798997</v>
       </c>
       <c r="G735">
-        <v>98.5193032</v>
+        <v>102.0977693</v>
       </c>
     </row>
     <row r="736" spans="1:7">
       <c r="A736" t="s">
-        <v>861</v>
+        <v>870</v>
       </c>
       <c r="B736" t="s">
         <v>11</v>
       </c>
       <c r="F736">
         <v>13.7278956</v>
       </c>
       <c r="G736">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="737" spans="1:7">
       <c r="A737" t="s">
-        <v>861</v>
+        <v>871</v>
       </c>
       <c r="B737" t="s">
         <v>11</v>
       </c>
       <c r="F737">
         <v>13.7278956</v>
       </c>
       <c r="G737">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="738" spans="1:7">
       <c r="A738" t="s">
-        <v>862</v>
+        <v>872</v>
       </c>
       <c r="B738" t="s">
-        <v>41</v>
+        <v>11</v>
       </c>
       <c r="F738">
-        <v>18.7877477</v>
+        <v>13.7278956</v>
       </c>
       <c r="G738">
-        <v>98.9931311</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="739" spans="1:7">
       <c r="A739" t="s">
-        <v>862</v>
+        <v>873</v>
       </c>
       <c r="B739" t="s">
-        <v>41</v>
+        <v>11</v>
       </c>
       <c r="F739">
-        <v>18.7877477</v>
+        <v>13.7278956</v>
       </c>
       <c r="G739">
-        <v>98.9931311</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="740" spans="1:7">
       <c r="A740" t="s">
-        <v>863</v>
+        <v>874</v>
       </c>
       <c r="B740" t="s">
-        <v>41</v>
+        <v>498</v>
       </c>
       <c r="F740">
-        <v>18.7877477</v>
+        <v>16.4189807</v>
       </c>
       <c r="G740">
-        <v>98.9931311</v>
+        <v>101.1550926</v>
       </c>
     </row>
     <row r="741" spans="1:7">
       <c r="A741" t="s">
-        <v>864</v>
+        <v>875</v>
       </c>
       <c r="B741" t="s">
-        <v>121</v>
+        <v>876</v>
       </c>
       <c r="F741">
-        <v>14.2069466</v>
+        <v>15.1186009</v>
       </c>
       <c r="G741">
-        <v>101.2130511</v>
+        <v>104.3220095</v>
       </c>
     </row>
     <row r="742" spans="1:7">
       <c r="A742" t="s">
-        <v>865</v>
+        <v>877</v>
       </c>
       <c r="B742" t="s">
-        <v>655</v>
+        <v>878</v>
       </c>
       <c r="F742">
-        <v>16.0538196</v>
+        <v>17.1545995</v>
       </c>
       <c r="G742">
-        <v>103.6520036</v>
+        <v>104.1348365</v>
       </c>
     </row>
     <row r="743" spans="1:7">
       <c r="A743" t="s">
-        <v>866</v>
+        <v>879</v>
       </c>
       <c r="B743" t="s">
-        <v>425</v>
+        <v>11</v>
       </c>
       <c r="F743">
-        <v>14.0208391</v>
+        <v>13.7278956</v>
       </c>
       <c r="G743">
-        <v>100.5250276</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="744" spans="1:7">
       <c r="A744" t="s">
-        <v>867</v>
+        <v>880</v>
       </c>
       <c r="B744" t="s">
         <v>11</v>
       </c>
       <c r="F744">
         <v>13.7278956</v>
       </c>
       <c r="G744">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="745" spans="1:7">
       <c r="A745" t="s">
-        <v>868</v>
+        <v>881</v>
       </c>
       <c r="B745" t="s">
-        <v>655</v>
+        <v>198</v>
       </c>
       <c r="F745">
-        <v>16.0538196</v>
+        <v>14.2069466</v>
       </c>
       <c r="G745">
-        <v>103.6520036</v>
+        <v>101.2130511</v>
       </c>
     </row>
     <row r="746" spans="1:7">
       <c r="A746" t="s">
-        <v>869</v>
+        <v>882</v>
       </c>
       <c r="B746" t="s">
-        <v>11</v>
+        <v>198</v>
       </c>
       <c r="F746">
-        <v>13.7278956</v>
+        <v>14.2069466</v>
       </c>
       <c r="G746">
-        <v>100.5241235</v>
+        <v>101.2130511</v>
       </c>
     </row>
     <row r="747" spans="1:7">
       <c r="A747" t="s">
-        <v>870</v>
+        <v>883</v>
       </c>
       <c r="B747" t="s">
-        <v>391</v>
+        <v>11</v>
       </c>
       <c r="F747">
-        <v>10.4930496</v>
+        <v>13.7278956</v>
       </c>
       <c r="G747">
-        <v>99.1800199</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="748" spans="1:7">
       <c r="A748" t="s">
-        <v>871</v>
+        <v>884</v>
       </c>
       <c r="B748" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="F748">
-        <v>13.7278956</v>
+        <v>13.5990961</v>
       </c>
       <c r="G748">
-        <v>100.5241235</v>
+        <v>100.5998319</v>
       </c>
     </row>
     <row r="749" spans="1:7">
       <c r="A749" t="s">
-        <v>872</v>
+        <v>885</v>
       </c>
       <c r="B749" t="s">
         <v>11</v>
       </c>
       <c r="F749">
         <v>13.7278956</v>
       </c>
       <c r="G749">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="750" spans="1:7">
       <c r="A750" t="s">
-        <v>873</v>
+        <v>886</v>
       </c>
       <c r="B750" t="s">
-        <v>11</v>
+        <v>263</v>
       </c>
       <c r="F750">
-        <v>13.7278956</v>
+        <v>6.6238158</v>
       </c>
       <c r="G750">
-        <v>100.5241235</v>
+        <v>100.0673744</v>
       </c>
     </row>
     <row r="751" spans="1:7">
       <c r="A751" t="s">
-        <v>874</v>
+        <v>887</v>
       </c>
       <c r="B751" t="s">
-        <v>41</v>
+        <v>661</v>
       </c>
       <c r="F751">
-        <v>18.7877477</v>
+        <v>14.3532128</v>
       </c>
       <c r="G751">
-        <v>98.9931311</v>
+        <v>100.5689599</v>
       </c>
     </row>
     <row r="752" spans="1:7">
       <c r="A752" t="s">
-        <v>875</v>
+        <v>888</v>
       </c>
       <c r="B752" t="s">
-        <v>121</v>
+        <v>54</v>
       </c>
       <c r="F752">
-        <v>14.2069466</v>
+        <v>13.824038</v>
       </c>
       <c r="G752">
-        <v>101.2130511</v>
+        <v>102.0645839</v>
       </c>
     </row>
     <row r="753" spans="1:7">
       <c r="A753" t="s">
-        <v>876</v>
+        <v>889</v>
       </c>
       <c r="B753" t="s">
-        <v>263</v>
+        <v>11</v>
       </c>
       <c r="F753">
-        <v>16.8839901</v>
+        <v>13.7278956</v>
       </c>
       <c r="G753">
-        <v>99.1258498</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="754" spans="1:7">
       <c r="A754" t="s">
-        <v>877</v>
+        <v>890</v>
       </c>
       <c r="B754" t="s">
-        <v>263</v>
+        <v>11</v>
       </c>
       <c r="F754">
-        <v>16.8839901</v>
+        <v>13.7278956</v>
       </c>
       <c r="G754">
-        <v>99.1258498</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="755" spans="1:7">
       <c r="A755" t="s">
-        <v>878</v>
+        <v>891</v>
       </c>
       <c r="B755" t="s">
-        <v>879</v>
-[...8 lines deleted...]
-        <v>35000</v>
+        <v>11</v>
       </c>
       <c r="F755">
-        <v>15.792641</v>
+        <v>13.7278956</v>
       </c>
       <c r="G755">
-        <v>104.1452827</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="756" spans="1:7">
       <c r="A756" t="s">
-        <v>882</v>
+        <v>892</v>
       </c>
       <c r="B756" t="s">
         <v>11</v>
-      </c>
-[...4 lines deleted...]
-        <v>10520</v>
       </c>
       <c r="F756">
         <v>13.7278956</v>
       </c>
       <c r="G756">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="757" spans="1:7">
       <c r="A757" t="s">
-        <v>884</v>
+        <v>893</v>
       </c>
       <c r="B757" t="s">
-        <v>425</v>
-[...8 lines deleted...]
-        <v>12120</v>
+        <v>93</v>
       </c>
       <c r="F757">
-        <v>14.0208391</v>
+        <v>7.9810496</v>
       </c>
       <c r="G757">
-        <v>100.5250276</v>
+        <v>98.3638824</v>
       </c>
     </row>
     <row r="758" spans="1:7">
       <c r="A758" t="s">
-        <v>885</v>
+        <v>894</v>
       </c>
       <c r="B758" t="s">
         <v>11</v>
       </c>
       <c r="F758">
         <v>13.7278956</v>
       </c>
       <c r="G758">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="759" spans="1:7">
       <c r="A759" t="s">
-        <v>886</v>
+        <v>895</v>
       </c>
       <c r="B759" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="F759">
-        <v>18.7877477</v>
+        <v>13.5990961</v>
       </c>
       <c r="G759">
-        <v>98.9931311</v>
+        <v>100.5998319</v>
       </c>
     </row>
     <row r="760" spans="1:7">
       <c r="A760" t="s">
-        <v>887</v>
+        <v>896</v>
       </c>
       <c r="B760" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="F760">
-        <v>18.7877477</v>
+        <v>13.3611431</v>
       </c>
       <c r="G760">
-        <v>98.9931311</v>
+        <v>100.9846717</v>
       </c>
     </row>
     <row r="761" spans="1:7">
       <c r="A761" t="s">
-        <v>888</v>
+        <v>897</v>
       </c>
       <c r="B761" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-        <v>10400</v>
+        <v>93</v>
       </c>
       <c r="F761">
-        <v>13.7278956</v>
+        <v>7.9810496</v>
       </c>
       <c r="G761">
-        <v>100.5241235</v>
+        <v>98.3638824</v>
       </c>
     </row>
     <row r="762" spans="1:7">
       <c r="A762" t="s">
-        <v>889</v>
+        <v>898</v>
       </c>
       <c r="B762" t="s">
-        <v>81</v>
+        <v>11</v>
       </c>
       <c r="F762">
-        <v>15.6930072</v>
+        <v>13.7278956</v>
       </c>
       <c r="G762">
-        <v>100.1225595</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="763" spans="1:7">
       <c r="A763" t="s">
-        <v>890</v>
+        <v>899</v>
       </c>
       <c r="B763" t="s">
         <v>11</v>
-      </c>
-[...4 lines deleted...]
-        <v>10110</v>
       </c>
       <c r="F763">
         <v>13.7278956</v>
       </c>
       <c r="G763">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="764" spans="1:7">
       <c r="A764" t="s">
-        <v>891</v>
+        <v>900</v>
       </c>
       <c r="B764" t="s">
         <v>11</v>
-      </c>
-[...7 lines deleted...]
-        <v>10110</v>
       </c>
       <c r="F764">
         <v>13.7278956</v>
       </c>
       <c r="G764">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="765" spans="1:7">
       <c r="A765" t="s">
-        <v>892</v>
+        <v>901</v>
       </c>
       <c r="B765" t="s">
-        <v>311</v>
-[...8 lines deleted...]
-        <v>27160</v>
+        <v>11</v>
       </c>
       <c r="F765">
-        <v>13.824038</v>
+        <v>13.7278956</v>
       </c>
       <c r="G765">
-        <v>102.0645839</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="766" spans="1:7">
       <c r="A766" t="s">
-        <v>894</v>
+        <v>902</v>
       </c>
       <c r="B766" t="s">
-        <v>557</v>
-[...8 lines deleted...]
-        <v>15240</v>
+        <v>11</v>
       </c>
       <c r="F766">
-        <v>14.7995081</v>
+        <v>13.7278956</v>
       </c>
       <c r="G766">
-        <v>100.6533706</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="767" spans="1:7">
       <c r="A767" t="s">
-        <v>897</v>
+        <v>903</v>
       </c>
       <c r="B767" t="s">
-        <v>425</v>
-[...8 lines deleted...]
-        <v>12120</v>
+        <v>11</v>
       </c>
       <c r="F767">
-        <v>14.0208391</v>
+        <v>13.7278956</v>
       </c>
       <c r="G767">
-        <v>100.5250276</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="768" spans="1:7">
       <c r="A768" t="s">
-        <v>898</v>
+        <v>904</v>
       </c>
       <c r="B768" t="s">
-        <v>81</v>
+        <v>11</v>
       </c>
       <c r="F768">
-        <v>15.6930072</v>
+        <v>13.7278956</v>
       </c>
       <c r="G768">
-        <v>100.1225595</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="769" spans="1:7">
       <c r="A769" t="s">
-        <v>899</v>
+        <v>905</v>
       </c>
       <c r="B769" t="s">
-        <v>557</v>
-[...8 lines deleted...]
-        <v>15240</v>
+        <v>93</v>
       </c>
       <c r="F769">
-        <v>14.7995081</v>
+        <v>7.9810496</v>
       </c>
       <c r="G769">
-        <v>100.6533706</v>
+        <v>98.3638824</v>
       </c>
     </row>
     <row r="770" spans="1:7">
       <c r="A770" t="s">
-        <v>900</v>
+        <v>906</v>
       </c>
       <c r="B770" t="s">
-        <v>391</v>
+        <v>661</v>
       </c>
       <c r="F770">
-        <v>10.4930496</v>
+        <v>14.3532128</v>
       </c>
       <c r="G770">
-        <v>99.1800199</v>
+        <v>100.5689599</v>
       </c>
     </row>
     <row r="771" spans="1:7">
       <c r="A771" t="s">
-        <v>901</v>
+        <v>893</v>
       </c>
       <c r="B771" t="s">
-        <v>11</v>
+        <v>93</v>
       </c>
       <c r="F771">
-        <v>13.7278956</v>
+        <v>7.9810496</v>
       </c>
       <c r="G771">
-        <v>100.5241235</v>
+        <v>98.3638824</v>
       </c>
     </row>
     <row r="772" spans="1:7">
       <c r="A772" t="s">
-        <v>902</v>
+        <v>907</v>
       </c>
       <c r="B772" t="s">
-        <v>11</v>
+        <v>60</v>
       </c>
       <c r="F772">
-        <v>13.7278956</v>
+        <v>19.2990643</v>
       </c>
       <c r="G772">
-        <v>100.5241235</v>
+        <v>97.9656226</v>
       </c>
     </row>
     <row r="773" spans="1:7">
       <c r="A773" t="s">
-        <v>903</v>
+        <v>908</v>
       </c>
       <c r="B773" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="F773">
-        <v>13.7278956</v>
+        <v>13.5990961</v>
       </c>
       <c r="G773">
-        <v>100.5241235</v>
+        <v>100.5998319</v>
       </c>
     </row>
     <row r="774" spans="1:7">
       <c r="A774" t="s">
-        <v>904</v>
+        <v>909</v>
       </c>
       <c r="B774" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F774">
-        <v>13.3611431</v>
+        <v>13.5990961</v>
       </c>
       <c r="G774">
-        <v>100.9846717</v>
+        <v>100.5998319</v>
       </c>
     </row>
     <row r="775" spans="1:7">
       <c r="A775" t="s">
-        <v>868</v>
+        <v>910</v>
       </c>
       <c r="B775" t="s">
-        <v>655</v>
+        <v>11</v>
       </c>
       <c r="F775">
-        <v>16.0538196</v>
+        <v>13.7278956</v>
       </c>
       <c r="G775">
-        <v>103.6520036</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="776" spans="1:7">
       <c r="A776" t="s">
-        <v>889</v>
+        <v>911</v>
       </c>
       <c r="B776" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="F776">
-        <v>15.6930072</v>
+        <v>14.9798997</v>
       </c>
       <c r="G776">
-        <v>100.1225595</v>
+        <v>102.0977693</v>
       </c>
     </row>
     <row r="777" spans="1:7">
       <c r="A777" t="s">
-        <v>905</v>
+        <v>912</v>
       </c>
       <c r="B777" t="s">
-        <v>81</v>
+        <v>11</v>
       </c>
       <c r="F777">
-        <v>15.6930072</v>
+        <v>13.7278956</v>
       </c>
       <c r="G777">
-        <v>100.1225595</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="778" spans="1:7">
       <c r="A778" t="s">
-        <v>906</v>
+        <v>913</v>
       </c>
       <c r="B778" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="F778">
-        <v>13.7278956</v>
+        <v>13.5990961</v>
       </c>
       <c r="G778">
-        <v>100.5241235</v>
+        <v>100.5998319</v>
       </c>
     </row>
     <row r="779" spans="1:7">
       <c r="A779" t="s">
-        <v>907</v>
+        <v>914</v>
       </c>
       <c r="B779" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="F779">
-        <v>18.7877477</v>
+        <v>13.5990961</v>
       </c>
       <c r="G779">
-        <v>98.9931311</v>
+        <v>100.5998319</v>
       </c>
     </row>
     <row r="780" spans="1:7">
       <c r="A780" t="s">
-        <v>908</v>
+        <v>915</v>
       </c>
       <c r="B780" t="s">
-        <v>69</v>
+        <v>11</v>
       </c>
       <c r="F780">
-        <v>14.882905</v>
+        <v>13.7278956</v>
       </c>
       <c r="G780">
-        <v>103.4937107</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="781" spans="1:7">
       <c r="A781" t="s">
-        <v>909</v>
+        <v>903</v>
       </c>
       <c r="B781" t="s">
-        <v>94</v>
+        <v>11</v>
       </c>
       <c r="F781">
-        <v>12.6833115</v>
+        <v>13.7278956</v>
       </c>
       <c r="G781">
-        <v>101.2374295</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="782" spans="1:7">
       <c r="A782" t="s">
-        <v>910</v>
+        <v>916</v>
       </c>
       <c r="B782" t="s">
-        <v>103</v>
+        <v>11</v>
       </c>
       <c r="F782">
-        <v>13.5990961</v>
+        <v>13.7278956</v>
       </c>
       <c r="G782">
-        <v>100.5998319</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="783" spans="1:7">
       <c r="A783" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B783" t="s">
-        <v>103</v>
+        <v>32</v>
       </c>
       <c r="F783">
-        <v>13.5990961</v>
+        <v>18.7877477</v>
       </c>
       <c r="G783">
-        <v>100.5998319</v>
+        <v>98.9931311</v>
       </c>
     </row>
     <row r="784" spans="1:7">
       <c r="A784" t="s">
-        <v>912</v>
+        <v>918</v>
       </c>
       <c r="B784" t="s">
         <v>11</v>
       </c>
       <c r="F784">
         <v>13.7278956</v>
       </c>
       <c r="G784">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="785" spans="1:7">
       <c r="A785" t="s">
-        <v>913</v>
+        <v>919</v>
       </c>
       <c r="B785" t="s">
-        <v>557</v>
-[...8 lines deleted...]
-        <v>15240</v>
+        <v>11</v>
       </c>
       <c r="F785">
-        <v>14.7995081</v>
+        <v>13.7278956</v>
       </c>
       <c r="G785">
-        <v>100.6533706</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="786" spans="1:7">
       <c r="A786" t="s">
-        <v>914</v>
+        <v>920</v>
       </c>
       <c r="B786" t="s">
-        <v>116</v>
-[...8 lines deleted...]
-        <v>55000</v>
+        <v>13</v>
       </c>
       <c r="F786">
-        <v>18.7756318</v>
+        <v>13.3611431</v>
       </c>
       <c r="G786">
-        <v>100.7730417</v>
+        <v>100.9846717</v>
       </c>
     </row>
     <row r="787" spans="1:7">
       <c r="A787" t="s">
-        <v>917</v>
+        <v>921</v>
       </c>
       <c r="B787" t="s">
-        <v>842</v>
+        <v>11</v>
       </c>
       <c r="F787">
-        <v>19.2990643</v>
+        <v>13.7278956</v>
       </c>
       <c r="G787">
-        <v>97.9656226</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="788" spans="1:7">
       <c r="A788" t="s">
-        <v>918</v>
+        <v>59</v>
       </c>
       <c r="B788" t="s">
-        <v>103</v>
-[...8 lines deleted...]
-        <v>10540</v>
+        <v>60</v>
       </c>
       <c r="F788">
-        <v>13.5990961</v>
+        <v>19.2990643</v>
       </c>
       <c r="G788">
-        <v>100.5998319</v>
+        <v>97.9656226</v>
       </c>
     </row>
     <row r="789" spans="1:7">
       <c r="A789" t="s">
-        <v>919</v>
+        <v>903</v>
       </c>
       <c r="B789" t="s">
-        <v>81</v>
-[...8 lines deleted...]
-        <v>60130</v>
+        <v>11</v>
       </c>
       <c r="F789">
-        <v>15.6930072</v>
+        <v>13.7278956</v>
       </c>
       <c r="G789">
-        <v>100.1225595</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="790" spans="1:7">
       <c r="A790" t="s">
         <v>922</v>
       </c>
       <c r="B790" t="s">
         <v>11</v>
       </c>
-      <c r="C790" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F790">
         <v>13.7278956</v>
       </c>
       <c r="G790">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="791" spans="1:7">
       <c r="A791" t="s">
         <v>923</v>
       </c>
       <c r="B791" t="s">
-        <v>11</v>
-[...8 lines deleted...]
-        <v>10110</v>
+        <v>20</v>
       </c>
       <c r="F791">
-        <v>13.7278956</v>
+        <v>13.5990961</v>
       </c>
       <c r="G791">
-        <v>100.5241235</v>
+        <v>100.5998319</v>
       </c>
     </row>
     <row r="792" spans="1:7">
       <c r="A792" t="s">
         <v>924</v>
       </c>
       <c r="B792" t="s">
-        <v>103</v>
+        <v>163</v>
       </c>
       <c r="F792">
-        <v>13.5990961</v>
+        <v>15.6930072</v>
       </c>
       <c r="G792">
-        <v>100.5998319</v>
+        <v>100.1225595</v>
       </c>
     </row>
     <row r="793" spans="1:7">
       <c r="A793" t="s">
-        <v>925</v>
+        <v>798</v>
       </c>
       <c r="B793" t="s">
-        <v>11</v>
-[...8 lines deleted...]
-        <v>10120</v>
+        <v>145</v>
       </c>
       <c r="F793">
-        <v>13.7278956</v>
+        <v>8.4407456</v>
       </c>
       <c r="G793">
-        <v>100.5241235</v>
+        <v>98.5193032</v>
       </c>
     </row>
     <row r="794" spans="1:7">
       <c r="A794" t="s">
-        <v>926</v>
+        <v>925</v>
       </c>
       <c r="B794" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="F794">
-        <v>13.8621125</v>
+        <v>13.7278956</v>
       </c>
       <c r="G794">
-        <v>100.5143528</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="795" spans="1:7">
       <c r="A795" t="s">
-        <v>927</v>
+        <v>925</v>
       </c>
       <c r="B795" t="s">
-        <v>229</v>
-[...8 lines deleted...]
-        <v>77110</v>
+        <v>11</v>
       </c>
       <c r="F795">
-        <v>11.812367</v>
+        <v>13.7278956</v>
       </c>
       <c r="G795">
-        <v>99.7973271</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="796" spans="1:7">
       <c r="A796" t="s">
-        <v>929</v>
+        <v>926</v>
       </c>
       <c r="B796" t="s">
-        <v>11</v>
-[...8 lines deleted...]
-        <v>10260</v>
+        <v>32</v>
       </c>
       <c r="F796">
-        <v>13.7278956</v>
+        <v>18.7877477</v>
       </c>
       <c r="G796">
-        <v>100.5241235</v>
+        <v>98.9931311</v>
       </c>
     </row>
     <row r="797" spans="1:7">
       <c r="A797" t="s">
-        <v>930</v>
+        <v>926</v>
       </c>
       <c r="B797" t="s">
-        <v>11</v>
-[...8 lines deleted...]
-        <v>10400</v>
+        <v>32</v>
       </c>
       <c r="F797">
-        <v>13.7278956</v>
+        <v>18.7877477</v>
       </c>
       <c r="G797">
-        <v>100.5241235</v>
+        <v>98.9931311</v>
       </c>
     </row>
     <row r="798" spans="1:7">
       <c r="A798" t="s">
-        <v>898</v>
+        <v>927</v>
       </c>
       <c r="B798" t="s">
-        <v>81</v>
-[...8 lines deleted...]
-        <v>60130</v>
+        <v>32</v>
       </c>
       <c r="F798">
-        <v>15.6930072</v>
+        <v>18.7877477</v>
       </c>
       <c r="G798">
-        <v>100.1225595</v>
+        <v>98.9931311</v>
       </c>
     </row>
     <row r="799" spans="1:7">
       <c r="A799" t="s">
-        <v>931</v>
+        <v>928</v>
       </c>
       <c r="B799" t="s">
-        <v>11</v>
-[...8 lines deleted...]
-        <v>10800</v>
+        <v>198</v>
       </c>
       <c r="F799">
-        <v>13.7278956</v>
+        <v>14.2069466</v>
       </c>
       <c r="G799">
-        <v>100.5241235</v>
+        <v>101.2130511</v>
       </c>
     </row>
     <row r="800" spans="1:7">
       <c r="A800" t="s">
-        <v>932</v>
+        <v>929</v>
       </c>
       <c r="B800" t="s">
-        <v>11</v>
-[...8 lines deleted...]
-        <v>10220</v>
+        <v>722</v>
       </c>
       <c r="F800">
-        <v>13.7278956</v>
+        <v>16.0538196</v>
       </c>
       <c r="G800">
-        <v>100.5241235</v>
+        <v>103.6520036</v>
       </c>
     </row>
     <row r="801" spans="1:7">
       <c r="A801" t="s">
-        <v>934</v>
+        <v>930</v>
       </c>
       <c r="B801" t="s">
-        <v>13</v>
-[...8 lines deleted...]
-        <v>20140</v>
+        <v>492</v>
       </c>
       <c r="F801">
-        <v>13.3611431</v>
+        <v>14.0208391</v>
       </c>
       <c r="G801">
-        <v>100.9846717</v>
+        <v>100.5250276</v>
       </c>
     </row>
     <row r="802" spans="1:7">
       <c r="A802" t="s">
-        <v>936</v>
+        <v>931</v>
       </c>
       <c r="B802" t="s">
-        <v>239</v>
-[...8 lines deleted...]
-        <v>62000</v>
+        <v>11</v>
       </c>
       <c r="F802">
-        <v>16.4827798</v>
+        <v>13.7278956</v>
       </c>
       <c r="G802">
-        <v>99.5226618</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="803" spans="1:7">
       <c r="A803" t="s">
-        <v>936</v>
+        <v>932</v>
       </c>
       <c r="B803" t="s">
-        <v>239</v>
-[...8 lines deleted...]
-        <v>62000</v>
+        <v>722</v>
       </c>
       <c r="F803">
-        <v>16.4827798</v>
+        <v>16.0538196</v>
       </c>
       <c r="G803">
-        <v>99.5226618</v>
+        <v>103.6520036</v>
       </c>
     </row>
     <row r="804" spans="1:7">
       <c r="A804" t="s">
-        <v>938</v>
+        <v>933</v>
       </c>
       <c r="B804" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="F804">
-        <v>13.6904194</v>
+        <v>13.7278956</v>
       </c>
       <c r="G804">
-        <v>101.0779596</v>
+        <v>100.5241235</v>
       </c>
     </row>
     <row r="805" spans="1:7">
       <c r="A805" t="s">
-        <v>939</v>
+        <v>934</v>
       </c>
       <c r="B805" t="s">
-        <v>11</v>
+        <v>459</v>
       </c>
       <c r="F805">
-        <v>13.7278956</v>
+        <v>10.4930496</v>
       </c>
       <c r="G805">
-        <v>100.5241235</v>
+        <v>99.1800199</v>
       </c>
     </row>
     <row r="806" spans="1:7">
       <c r="A806" t="s">
-        <v>939</v>
+        <v>935</v>
       </c>
       <c r="B806" t="s">
         <v>11</v>
       </c>
       <c r="F806">
         <v>13.7278956</v>
       </c>
       <c r="G806">
         <v>100.5241235</v>
       </c>
     </row>
     <row r="807" spans="1:7">
       <c r="A807" t="s">
+        <v>936</v>
+      </c>
+      <c r="B807" t="s">
+        <v>11</v>
+      </c>
+      <c r="F807">
+        <v>13.7278956</v>
+      </c>
+      <c r="G807">
+        <v>100.5241235</v>
+      </c>
+    </row>
+    <row r="808" spans="1:7">
+      <c r="A808" t="s">
+        <v>937</v>
+      </c>
+      <c r="B808" t="s">
+        <v>11</v>
+      </c>
+      <c r="F808">
+        <v>13.7278956</v>
+      </c>
+      <c r="G808">
+        <v>100.5241235</v>
+      </c>
+    </row>
+    <row r="809" spans="1:7">
+      <c r="A809" t="s">
+        <v>938</v>
+      </c>
+      <c r="B809" t="s">
+        <v>32</v>
+      </c>
+      <c r="F809">
+        <v>18.7877477</v>
+      </c>
+      <c r="G809">
+        <v>98.9931311</v>
+      </c>
+    </row>
+    <row r="810" spans="1:7">
+      <c r="A810" t="s">
+        <v>939</v>
+      </c>
+      <c r="B810" t="s">
+        <v>198</v>
+      </c>
+      <c r="F810">
+        <v>14.2069466</v>
+      </c>
+      <c r="G810">
+        <v>101.2130511</v>
+      </c>
+    </row>
+    <row r="811" spans="1:7">
+      <c r="A811" t="s">
         <v>940</v>
       </c>
-      <c r="B807" t="s">
-[...5 lines deleted...]
-      <c r="G807">
+      <c r="B811" t="s">
+        <v>333</v>
+      </c>
+      <c r="F811">
+        <v>16.8839901</v>
+      </c>
+      <c r="G811">
+        <v>99.1258498</v>
+      </c>
+    </row>
+    <row r="812" spans="1:7">
+      <c r="A812" t="s">
+        <v>941</v>
+      </c>
+      <c r="B812" t="s">
+        <v>333</v>
+      </c>
+      <c r="F812">
+        <v>16.8839901</v>
+      </c>
+      <c r="G812">
+        <v>99.1258498</v>
+      </c>
+    </row>
+    <row r="813" spans="1:7">
+      <c r="A813" t="s">
+        <v>942</v>
+      </c>
+      <c r="B813" t="s">
+        <v>943</v>
+      </c>
+      <c r="C813" t="s">
+        <v>944</v>
+      </c>
+      <c r="D813" t="s">
+        <v>945</v>
+      </c>
+      <c r="E813">
+        <v>35000</v>
+      </c>
+      <c r="F813">
+        <v>15.792641</v>
+      </c>
+      <c r="G813">
+        <v>104.1452827</v>
+      </c>
+    </row>
+    <row r="814" spans="1:7">
+      <c r="A814" t="s">
+        <v>946</v>
+      </c>
+      <c r="B814" t="s">
+        <v>11</v>
+      </c>
+      <c r="C814" t="s">
+        <v>947</v>
+      </c>
+      <c r="E814">
+        <v>10520</v>
+      </c>
+      <c r="F814">
+        <v>13.7278956</v>
+      </c>
+      <c r="G814">
+        <v>100.5241235</v>
+      </c>
+    </row>
+    <row r="815" spans="1:7">
+      <c r="A815" t="s">
+        <v>948</v>
+      </c>
+      <c r="B815" t="s">
+        <v>492</v>
+      </c>
+      <c r="C815" t="s">
+        <v>725</v>
+      </c>
+      <c r="D815" t="s">
+        <v>726</v>
+      </c>
+      <c r="E815">
+        <v>12120</v>
+      </c>
+      <c r="F815">
+        <v>14.0208391</v>
+      </c>
+      <c r="G815">
+        <v>100.5250276</v>
+      </c>
+    </row>
+    <row r="816" spans="1:7">
+      <c r="A816" t="s">
+        <v>949</v>
+      </c>
+      <c r="B816" t="s">
+        <v>11</v>
+      </c>
+      <c r="F816">
+        <v>13.7278956</v>
+      </c>
+      <c r="G816">
+        <v>100.5241235</v>
+      </c>
+    </row>
+    <row r="817" spans="1:7">
+      <c r="A817" t="s">
+        <v>950</v>
+      </c>
+      <c r="B817" t="s">
+        <v>32</v>
+      </c>
+      <c r="F817">
+        <v>18.7877477</v>
+      </c>
+      <c r="G817">
+        <v>98.9931311</v>
+      </c>
+    </row>
+    <row r="818" spans="1:7">
+      <c r="A818" t="s">
+        <v>951</v>
+      </c>
+      <c r="B818" t="s">
+        <v>32</v>
+      </c>
+      <c r="F818">
+        <v>18.7877477</v>
+      </c>
+      <c r="G818">
+        <v>98.9931311</v>
+      </c>
+    </row>
+    <row r="819" spans="1:7">
+      <c r="A819" t="s">
+        <v>952</v>
+      </c>
+      <c r="B819" t="s">
+        <v>11</v>
+      </c>
+      <c r="C819" t="s">
+        <v>166</v>
+      </c>
+      <c r="E819">
+        <v>10400</v>
+      </c>
+      <c r="F819">
+        <v>13.7278956</v>
+      </c>
+      <c r="G819">
+        <v>100.5241235</v>
+      </c>
+    </row>
+    <row r="820" spans="1:7">
+      <c r="A820" t="s">
+        <v>953</v>
+      </c>
+      <c r="B820" t="s">
+        <v>163</v>
+      </c>
+      <c r="F820">
+        <v>15.6930072</v>
+      </c>
+      <c r="G820">
+        <v>100.1225595</v>
+      </c>
+    </row>
+    <row r="821" spans="1:7">
+      <c r="A821" t="s">
+        <v>954</v>
+      </c>
+      <c r="B821" t="s">
+        <v>11</v>
+      </c>
+      <c r="C821" t="s">
+        <v>185</v>
+      </c>
+      <c r="E821">
+        <v>10110</v>
+      </c>
+      <c r="F821">
+        <v>13.7278956</v>
+      </c>
+      <c r="G821">
+        <v>100.5241235</v>
+      </c>
+    </row>
+    <row r="822" spans="1:7">
+      <c r="A822" t="s">
+        <v>955</v>
+      </c>
+      <c r="B822" t="s">
+        <v>11</v>
+      </c>
+      <c r="C822" t="s">
+        <v>185</v>
+      </c>
+      <c r="D822" t="s">
+        <v>823</v>
+      </c>
+      <c r="E822">
+        <v>10110</v>
+      </c>
+      <c r="F822">
+        <v>13.7278956</v>
+      </c>
+      <c r="G822">
+        <v>100.5241235</v>
+      </c>
+    </row>
+    <row r="823" spans="1:7">
+      <c r="A823" t="s">
+        <v>956</v>
+      </c>
+      <c r="B823" t="s">
+        <v>54</v>
+      </c>
+      <c r="C823" t="s">
+        <v>381</v>
+      </c>
+      <c r="D823" t="s">
+        <v>957</v>
+      </c>
+      <c r="E823">
+        <v>27160</v>
+      </c>
+      <c r="F823">
+        <v>13.824038</v>
+      </c>
+      <c r="G823">
+        <v>102.0645839</v>
+      </c>
+    </row>
+    <row r="824" spans="1:7">
+      <c r="A824" t="s">
+        <v>958</v>
+      </c>
+      <c r="B824" t="s">
+        <v>624</v>
+      </c>
+      <c r="C824" t="s">
+        <v>959</v>
+      </c>
+      <c r="D824" t="s">
+        <v>960</v>
+      </c>
+      <c r="E824">
+        <v>15240</v>
+      </c>
+      <c r="F824">
+        <v>14.7995081</v>
+      </c>
+      <c r="G824">
+        <v>100.6533706</v>
+      </c>
+    </row>
+    <row r="825" spans="1:7">
+      <c r="A825" t="s">
+        <v>961</v>
+      </c>
+      <c r="B825" t="s">
+        <v>492</v>
+      </c>
+      <c r="C825" t="s">
+        <v>725</v>
+      </c>
+      <c r="D825" t="s">
+        <v>726</v>
+      </c>
+      <c r="E825">
+        <v>12120</v>
+      </c>
+      <c r="F825">
+        <v>14.0208391</v>
+      </c>
+      <c r="G825">
+        <v>100.5250276</v>
+      </c>
+    </row>
+    <row r="826" spans="1:7">
+      <c r="A826" t="s">
+        <v>962</v>
+      </c>
+      <c r="B826" t="s">
+        <v>163</v>
+      </c>
+      <c r="F826">
+        <v>15.6930072</v>
+      </c>
+      <c r="G826">
+        <v>100.1225595</v>
+      </c>
+    </row>
+    <row r="827" spans="1:7">
+      <c r="A827" t="s">
+        <v>963</v>
+      </c>
+      <c r="B827" t="s">
+        <v>624</v>
+      </c>
+      <c r="C827" t="s">
+        <v>959</v>
+      </c>
+      <c r="D827" t="s">
+        <v>960</v>
+      </c>
+      <c r="E827">
+        <v>15240</v>
+      </c>
+      <c r="F827">
+        <v>14.7995081</v>
+      </c>
+      <c r="G827">
+        <v>100.6533706</v>
+      </c>
+    </row>
+    <row r="828" spans="1:7">
+      <c r="A828" t="s">
+        <v>964</v>
+      </c>
+      <c r="B828" t="s">
+        <v>459</v>
+      </c>
+      <c r="F828">
+        <v>10.4930496</v>
+      </c>
+      <c r="G828">
+        <v>99.1800199</v>
+      </c>
+    </row>
+    <row r="829" spans="1:7">
+      <c r="A829" t="s">
+        <v>965</v>
+      </c>
+      <c r="B829" t="s">
+        <v>11</v>
+      </c>
+      <c r="F829">
+        <v>13.7278956</v>
+      </c>
+      <c r="G829">
+        <v>100.5241235</v>
+      </c>
+    </row>
+    <row r="830" spans="1:7">
+      <c r="A830" t="s">
+        <v>966</v>
+      </c>
+      <c r="B830" t="s">
+        <v>11</v>
+      </c>
+      <c r="F830">
+        <v>13.7278956</v>
+      </c>
+      <c r="G830">
+        <v>100.5241235</v>
+      </c>
+    </row>
+    <row r="831" spans="1:7">
+      <c r="A831" t="s">
+        <v>967</v>
+      </c>
+      <c r="B831" t="s">
+        <v>11</v>
+      </c>
+      <c r="F831">
+        <v>13.7278956</v>
+      </c>
+      <c r="G831">
+        <v>100.5241235</v>
+      </c>
+    </row>
+    <row r="832" spans="1:7">
+      <c r="A832" t="s">
+        <v>968</v>
+      </c>
+      <c r="B832" t="s">
+        <v>13</v>
+      </c>
+      <c r="F832">
+        <v>13.3611431</v>
+      </c>
+      <c r="G832">
+        <v>100.9846717</v>
+      </c>
+    </row>
+    <row r="833" spans="1:7">
+      <c r="A833" t="s">
+        <v>932</v>
+      </c>
+      <c r="B833" t="s">
+        <v>722</v>
+      </c>
+      <c r="F833">
+        <v>16.0538196</v>
+      </c>
+      <c r="G833">
+        <v>103.6520036</v>
+      </c>
+    </row>
+    <row r="834" spans="1:7">
+      <c r="A834" t="s">
+        <v>953</v>
+      </c>
+      <c r="B834" t="s">
+        <v>163</v>
+      </c>
+      <c r="F834">
+        <v>15.6930072</v>
+      </c>
+      <c r="G834">
+        <v>100.1225595</v>
+      </c>
+    </row>
+    <row r="835" spans="1:7">
+      <c r="A835" t="s">
+        <v>969</v>
+      </c>
+      <c r="B835" t="s">
+        <v>163</v>
+      </c>
+      <c r="F835">
+        <v>15.6930072</v>
+      </c>
+      <c r="G835">
+        <v>100.1225595</v>
+      </c>
+    </row>
+    <row r="836" spans="1:7">
+      <c r="A836" t="s">
+        <v>970</v>
+      </c>
+      <c r="B836" t="s">
+        <v>11</v>
+      </c>
+      <c r="F836">
+        <v>13.7278956</v>
+      </c>
+      <c r="G836">
+        <v>100.5241235</v>
+      </c>
+    </row>
+    <row r="837" spans="1:7">
+      <c r="A837" t="s">
+        <v>971</v>
+      </c>
+      <c r="B837" t="s">
+        <v>32</v>
+      </c>
+      <c r="F837">
+        <v>18.7877477</v>
+      </c>
+      <c r="G837">
+        <v>98.9931311</v>
+      </c>
+    </row>
+    <row r="838" spans="1:7">
+      <c r="A838" t="s">
+        <v>972</v>
+      </c>
+      <c r="B838" t="s">
+        <v>65</v>
+      </c>
+      <c r="F838">
+        <v>14.882905</v>
+      </c>
+      <c r="G838">
+        <v>103.4937107</v>
+      </c>
+    </row>
+    <row r="839" spans="1:7">
+      <c r="A839" t="s">
+        <v>973</v>
+      </c>
+      <c r="B839" t="s">
+        <v>8</v>
+      </c>
+      <c r="F839">
+        <v>12.6833115</v>
+      </c>
+      <c r="G839">
+        <v>101.2374295</v>
+      </c>
+    </row>
+    <row r="840" spans="1:7">
+      <c r="A840" t="s">
+        <v>974</v>
+      </c>
+      <c r="B840" t="s">
+        <v>20</v>
+      </c>
+      <c r="F840">
+        <v>13.5990961</v>
+      </c>
+      <c r="G840">
+        <v>100.5998319</v>
+      </c>
+    </row>
+    <row r="841" spans="1:7">
+      <c r="A841" t="s">
+        <v>975</v>
+      </c>
+      <c r="B841" t="s">
+        <v>20</v>
+      </c>
+      <c r="F841">
+        <v>13.5990961</v>
+      </c>
+      <c r="G841">
+        <v>100.5998319</v>
+      </c>
+    </row>
+    <row r="842" spans="1:7">
+      <c r="A842" t="s">
+        <v>976</v>
+      </c>
+      <c r="B842" t="s">
+        <v>11</v>
+      </c>
+      <c r="F842">
+        <v>13.7278956</v>
+      </c>
+      <c r="G842">
+        <v>100.5241235</v>
+      </c>
+    </row>
+    <row r="843" spans="1:7">
+      <c r="A843" t="s">
+        <v>977</v>
+      </c>
+      <c r="B843" t="s">
+        <v>624</v>
+      </c>
+      <c r="C843" t="s">
+        <v>959</v>
+      </c>
+      <c r="D843" t="s">
+        <v>960</v>
+      </c>
+      <c r="E843">
+        <v>15240</v>
+      </c>
+      <c r="F843">
+        <v>14.7995081</v>
+      </c>
+      <c r="G843">
+        <v>100.6533706</v>
+      </c>
+    </row>
+    <row r="844" spans="1:7">
+      <c r="A844" t="s">
+        <v>978</v>
+      </c>
+      <c r="B844" t="s">
+        <v>193</v>
+      </c>
+      <c r="C844" t="s">
+        <v>979</v>
+      </c>
+      <c r="D844" t="s">
+        <v>980</v>
+      </c>
+      <c r="E844">
+        <v>55000</v>
+      </c>
+      <c r="F844">
+        <v>18.7756318</v>
+      </c>
+      <c r="G844">
+        <v>100.7730417</v>
+      </c>
+    </row>
+    <row r="845" spans="1:7">
+      <c r="A845" t="s">
+        <v>981</v>
+      </c>
+      <c r="B845" t="s">
+        <v>60</v>
+      </c>
+      <c r="F845">
+        <v>19.2990643</v>
+      </c>
+      <c r="G845">
+        <v>97.9656226</v>
+      </c>
+    </row>
+    <row r="846" spans="1:7">
+      <c r="A846" t="s">
+        <v>982</v>
+      </c>
+      <c r="B846" t="s">
+        <v>20</v>
+      </c>
+      <c r="C846" t="s">
+        <v>182</v>
+      </c>
+      <c r="D846" t="s">
+        <v>247</v>
+      </c>
+      <c r="E846">
+        <v>10540</v>
+      </c>
+      <c r="F846">
+        <v>13.5990961</v>
+      </c>
+      <c r="G846">
+        <v>100.5998319</v>
+      </c>
+    </row>
+    <row r="847" spans="1:7">
+      <c r="A847" t="s">
+        <v>983</v>
+      </c>
+      <c r="B847" t="s">
+        <v>163</v>
+      </c>
+      <c r="C847" t="s">
+        <v>984</v>
+      </c>
+      <c r="D847" t="s">
+        <v>985</v>
+      </c>
+      <c r="E847">
+        <v>60130</v>
+      </c>
+      <c r="F847">
+        <v>15.6930072</v>
+      </c>
+      <c r="G847">
+        <v>100.1225595</v>
+      </c>
+    </row>
+    <row r="848" spans="1:7">
+      <c r="A848" t="s">
+        <v>986</v>
+      </c>
+      <c r="B848" t="s">
+        <v>11</v>
+      </c>
+      <c r="C848" t="s">
+        <v>760</v>
+      </c>
+      <c r="D848" t="s">
+        <v>801</v>
+      </c>
+      <c r="E848">
+        <v>10120</v>
+      </c>
+      <c r="F848">
+        <v>13.7278956</v>
+      </c>
+      <c r="G848">
+        <v>100.5241235</v>
+      </c>
+    </row>
+    <row r="849" spans="1:7">
+      <c r="A849" t="s">
+        <v>987</v>
+      </c>
+      <c r="B849" t="s">
+        <v>11</v>
+      </c>
+      <c r="C849" t="s">
+        <v>185</v>
+      </c>
+      <c r="D849" t="s">
+        <v>770</v>
+      </c>
+      <c r="E849">
+        <v>10110</v>
+      </c>
+      <c r="F849">
+        <v>13.7278956</v>
+      </c>
+      <c r="G849">
+        <v>100.5241235</v>
+      </c>
+    </row>
+    <row r="850" spans="1:7">
+      <c r="A850" t="s">
+        <v>988</v>
+      </c>
+      <c r="B850" t="s">
+        <v>20</v>
+      </c>
+      <c r="F850">
+        <v>13.5990961</v>
+      </c>
+      <c r="G850">
+        <v>100.5998319</v>
+      </c>
+    </row>
+    <row r="851" spans="1:7">
+      <c r="A851" t="s">
+        <v>989</v>
+      </c>
+      <c r="B851" t="s">
+        <v>11</v>
+      </c>
+      <c r="C851" t="s">
+        <v>760</v>
+      </c>
+      <c r="D851" t="s">
+        <v>801</v>
+      </c>
+      <c r="E851">
+        <v>10120</v>
+      </c>
+      <c r="F851">
+        <v>13.7278956</v>
+      </c>
+      <c r="G851">
+        <v>100.5241235</v>
+      </c>
+    </row>
+    <row r="852" spans="1:7">
+      <c r="A852" t="s">
+        <v>990</v>
+      </c>
+      <c r="B852" t="s">
+        <v>62</v>
+      </c>
+      <c r="F852">
+        <v>13.8621125</v>
+      </c>
+      <c r="G852">
+        <v>100.5143528</v>
+      </c>
+    </row>
+    <row r="853" spans="1:7">
+      <c r="A853" t="s">
+        <v>991</v>
+      </c>
+      <c r="B853" t="s">
+        <v>301</v>
+      </c>
+      <c r="C853" t="s">
+        <v>302</v>
+      </c>
+      <c r="D853" t="s">
+        <v>992</v>
+      </c>
+      <c r="E853">
+        <v>77110</v>
+      </c>
+      <c r="F853">
+        <v>11.812367</v>
+      </c>
+      <c r="G853">
+        <v>99.7973271</v>
+      </c>
+    </row>
+    <row r="854" spans="1:7">
+      <c r="A854" t="s">
+        <v>993</v>
+      </c>
+      <c r="B854" t="s">
+        <v>11</v>
+      </c>
+      <c r="C854" t="s">
+        <v>118</v>
+      </c>
+      <c r="D854" t="s">
+        <v>785</v>
+      </c>
+      <c r="E854">
+        <v>10260</v>
+      </c>
+      <c r="F854">
+        <v>13.7278956</v>
+      </c>
+      <c r="G854">
+        <v>100.5241235</v>
+      </c>
+    </row>
+    <row r="855" spans="1:7">
+      <c r="A855" t="s">
+        <v>994</v>
+      </c>
+      <c r="B855" t="s">
+        <v>11</v>
+      </c>
+      <c r="C855" t="s">
+        <v>166</v>
+      </c>
+      <c r="D855" t="s">
+        <v>167</v>
+      </c>
+      <c r="E855">
+        <v>10400</v>
+      </c>
+      <c r="F855">
+        <v>13.7278956</v>
+      </c>
+      <c r="G855">
+        <v>100.5241235</v>
+      </c>
+    </row>
+    <row r="856" spans="1:7">
+      <c r="A856" t="s">
+        <v>962</v>
+      </c>
+      <c r="B856" t="s">
+        <v>163</v>
+      </c>
+      <c r="C856" t="s">
+        <v>984</v>
+      </c>
+      <c r="D856" t="s">
+        <v>985</v>
+      </c>
+      <c r="E856">
+        <v>60130</v>
+      </c>
+      <c r="F856">
+        <v>15.6930072</v>
+      </c>
+      <c r="G856">
+        <v>100.1225595</v>
+      </c>
+    </row>
+    <row r="857" spans="1:7">
+      <c r="A857" t="s">
+        <v>995</v>
+      </c>
+      <c r="B857" t="s">
+        <v>11</v>
+      </c>
+      <c r="C857" t="s">
+        <v>297</v>
+      </c>
+      <c r="D857" t="s">
+        <v>781</v>
+      </c>
+      <c r="E857">
+        <v>10800</v>
+      </c>
+      <c r="F857">
+        <v>13.7278956</v>
+      </c>
+      <c r="G857">
+        <v>100.5241235</v>
+      </c>
+    </row>
+    <row r="858" spans="1:7">
+      <c r="A858" t="s">
+        <v>996</v>
+      </c>
+      <c r="B858" t="s">
+        <v>11</v>
+      </c>
+      <c r="C858" t="s">
+        <v>261</v>
+      </c>
+      <c r="D858" t="s">
+        <v>997</v>
+      </c>
+      <c r="E858">
+        <v>10220</v>
+      </c>
+      <c r="F858">
+        <v>13.7278956</v>
+      </c>
+      <c r="G858">
+        <v>100.5241235</v>
+      </c>
+    </row>
+    <row r="859" spans="1:7">
+      <c r="A859" t="s">
+        <v>998</v>
+      </c>
+      <c r="B859" t="s">
+        <v>13</v>
+      </c>
+      <c r="C859" t="s">
+        <v>111</v>
+      </c>
+      <c r="D859" t="s">
+        <v>999</v>
+      </c>
+      <c r="E859">
+        <v>20140</v>
+      </c>
+      <c r="F859">
+        <v>13.3611431</v>
+      </c>
+      <c r="G859">
+        <v>100.9846717</v>
+      </c>
+    </row>
+    <row r="860" spans="1:7">
+      <c r="A860" t="s">
+        <v>1000</v>
+      </c>
+      <c r="B860" t="s">
+        <v>88</v>
+      </c>
+      <c r="C860" t="s">
+        <v>89</v>
+      </c>
+      <c r="D860" t="s">
+        <v>1001</v>
+      </c>
+      <c r="E860">
+        <v>62000</v>
+      </c>
+      <c r="F860">
+        <v>16.4827798</v>
+      </c>
+      <c r="G860">
+        <v>99.5226618</v>
+      </c>
+    </row>
+    <row r="861" spans="1:7">
+      <c r="A861" t="s">
+        <v>1000</v>
+      </c>
+      <c r="B861" t="s">
+        <v>88</v>
+      </c>
+      <c r="C861" t="s">
+        <v>89</v>
+      </c>
+      <c r="D861" t="s">
+        <v>1001</v>
+      </c>
+      <c r="E861">
+        <v>62000</v>
+      </c>
+      <c r="F861">
+        <v>16.4827798</v>
+      </c>
+      <c r="G861">
+        <v>99.5226618</v>
+      </c>
+    </row>
+    <row r="862" spans="1:7">
+      <c r="A862" t="s">
+        <v>1002</v>
+      </c>
+      <c r="B862" t="s">
+        <v>114</v>
+      </c>
+      <c r="F862">
+        <v>13.6904194</v>
+      </c>
+      <c r="G862">
+        <v>101.0779596</v>
+      </c>
+    </row>
+    <row r="863" spans="1:7">
+      <c r="A863" t="s">
+        <v>1003</v>
+      </c>
+      <c r="B863" t="s">
+        <v>11</v>
+      </c>
+      <c r="F863">
+        <v>13.7278956</v>
+      </c>
+      <c r="G863">
+        <v>100.5241235</v>
+      </c>
+    </row>
+    <row r="864" spans="1:7">
+      <c r="A864" t="s">
+        <v>1003</v>
+      </c>
+      <c r="B864" t="s">
+        <v>11</v>
+      </c>
+      <c r="F864">
+        <v>13.7278956</v>
+      </c>
+      <c r="G864">
+        <v>100.5241235</v>
+      </c>
+    </row>
+    <row r="865" spans="1:7">
+      <c r="A865" t="s">
+        <v>1004</v>
+      </c>
+      <c r="B865" t="s">
+        <v>11</v>
+      </c>
+      <c r="F865">
+        <v>13.7278956</v>
+      </c>
+      <c r="G865">
         <v>100.5241235</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>